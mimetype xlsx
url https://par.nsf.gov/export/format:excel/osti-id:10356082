--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10356082</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3531000</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>“Go[ing] Hard...as a Woman of Color”: A Case Study Examining Identity Work within a Performative Dance and Computing Learning Environment</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Desportes, Kayla; McDermott, Kathleen; Bergner, Yoav; Payne, William</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-12-31T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM Transactions on Computing Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 29</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1946-6226</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Performing arts computing environments have received little attention in the educational sphere; yet, they offer opportunities for learners to validate their efforts, ideas, and skills through showcasing their work in a public-facing performance. In this work, we explore an out-of-school dance and computing educational program run by the organization, STEM From Dance. The organizational mission is to create an equitable learning experience for young women of color to engage with computing while exposing them to STEM careers. Through an analysis of eleven interviews with youth participants, instructors, and the executive director, we examine how the social, cultural, and political dimensions of the learning environment facilitate identity work in computing and dance. Our findings point to three primary activities used by the organization to promote equity: (1) providing psychological safety through a supportive community environment, (2) meaningfully engaging with learners’ social and cultural context through creative work with constructionist artifacts, and (3) actively promoting identity work as women of color in computing and STEM through both artifact work and community events. Applying the constructs of identity and psychological safety we explore the tensions and synergies of designing for equity in this performing arts and computing learning environment. We demonstrate how the seemingly contradictory elements of a high-stakes performance within a novice learning environment provides unique opportunities for supporting young women of color in computing, making them non-negotiable in the organization’s efforts to promote equity and inclusion. Our work illustrates how attending closely to the sociocultural dimensions in a constructionist learning environment provides lenses for navigating equity, identity work, and support for inclusive computing.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1933961</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>