--- v0 (2025-10-31)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,93 +86,90 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10356962</t>
-[...8 lines deleted...]
-    <t>Wizinowich, Peter; Lu, Jessica; Cetre, Sylvain; Chin, Jason C.; Correia, Carlos M.; Delorme, Jacques R.; Gers, Luke; Lilley, Scott J.; Lyke, Jim E.; Marin, Eduardo; Ragland, Sam; Richards, Paul; Surendran, Avinash; Wetherell, Ed; Chen, Geoff Chih-Fan; Chu, Devin; Do, Tuan; Fassnacht, Chris; Freeman, Matthew; Gautam, Abhimat K.; Ghez, Andrea; Hunter, Lisa; Jones, Tucker A.; Liu, Michael; Mawet, Dimitri; Max, Claire; Morris, Mark; Phillips, Mark; Ruffio, Jean-Baptiste; Rundquist, Nils-Erik; Sabhlok, Sanchit; Terry, Sean; Treu, Tommaso; Wright, Shelley</t>
+    <t>10171673</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1145/3397271.3401404</t>
+  </si>
+  <si>
+    <t>Supporting Interoperability Between Open-Source Search Engines with the Common Index File Format</t>
+  </si>
+  <si>
+    <t>Lin, Jimmy; Mackenzie, Joel; Kamphuis, Chris; Macdonald, Craig; Mallia, Antonio; Siedlaczek, Michał; Trotman, Andrew; de_Vries, Arjen</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Schmidt, Dirk; Schreiber, Laura; Vernet, Elise</t>
-[...14 lines deleted...]
-    <t>We present the status and plans for the Keck All sky Precision Adaptive optics (KAPA) program. KAPA includes (1) an upgrade to the Keck I laser guide star adaptive optics (AO) facility to improve image quality and sky coverage, (2) the inclusion of AO telemetry-based point spread function estimates with all science exposures, (3) four key science programs, and (4) an educational component focused on broadening the participation of women and underrepresented groups in instrumentation. For this conference we focus on the KAPA upgrades since the 2020 SPIE proceedings1 including implementation of a laser asterism generator, wavefront sensor, real-time controller, asterism and turbulence simulators, the laser tomography system itself along with new operations software and science tools, and modifications to an existing near-infrared tip-tilt sensor to support multiple natural guide star and focus measurements. We will also report on the results of daytime and on-sky calibrations and testing.</t>
+    <t>2020-07-25T04:00:00Z</t>
+  </si>
+  <si>
+    <t>9781450380164</t>
+  </si>
+  <si>
+    <t>There exists a natural tension between encouraging a diverse ecosystem of open-source search engines and supporting fair, replicable comparisons across those systems. To balance these two goals, we examine two approaches to providing interoperability between the inverted indexes of several systems. The first takes advantage of internal abstractions around index structures and building wrappers that allow one system to directly read the indexes of another. The second involves sharing indexes across systems via a data exchange specification that we have developed, called the Common Index File Format (CIFF). We demonstrate the first approach with the Java systems Anserini and Terrier, and the second approach with Anserini, JASSv2, OldDog, PISA, and Terrier. Together, these systems provide a wide range of implementations and features, with different research goals. Overall, we recommend CIFF as a low-effort approach to support independent innovation while enabling the types of fair evaluations that are critical for driving the field forward.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1836016; 1715611; 1907396</t>
-[...2 lines deleted...]
-    <t>2022</t>
+    <t>1718680</t>
+  </si>
+  <si>
+    <t>2020</t>
   </si>
   <si>
     <t>Conference Paper</t>
+  </si>
+  <si>
+    <t>ACM</t>
+  </si>
+  <si>
+    <t>Virtual Event China</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -285,89 +282,89 @@
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="G2" t="s" s="0">
+      <c r="H2" s="0"/>
+      <c r="I2" s="0"/>
+      <c r="J2" s="0"/>
+      <c r="K2" s="0"/>
+      <c r="L2" s="0"/>
+      <c r="M2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="H2" t="s" s="0">
+      <c r="N2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="I2" t="s" s="0">
+      <c r="O2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="J2" s="0"/>
-      <c r="K2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>35</v>
       </c>
-      <c r="L2" s="0"/>
-[...1 lines deleted...]
-      <c r="N2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>36</v>
-      </c>
-[...10 lines deleted...]
-        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
-[...2 lines deleted...]
-      <c r="X2" s="0"/>
+        <v>37</v>
+      </c>
+      <c r="W2" t="s" s="0">
+        <v>38</v>
+      </c>
+      <c r="X2" t="s" s="0">
+        <v>39</v>
+      </c>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>