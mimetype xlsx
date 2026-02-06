--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10357059</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Augmenting Decompiler Output with Learned Variable Names and Types</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Chen, Qibin; Lacomis, Jeremy; Schwarts, Edward J; Le Goues, Claire; Neubig, Graham; Vasilescu, Bogdan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>USENIX Security Symposium</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>A common tool used by security professionals for reverse engineering binaries found in the wild is the decompiler. A decompiler attempts to reverse compilation, transforming a binary to a higher-level language such as C. High-level languages ease reasoning about programs by providing useful abstractions such as loops, typed variables, and comments, but these abstractions are lost during compilation. Decompilers are able to deterministically reconstruct structural properties of code, but comments, variable names, and custom variable types are technically impossible to recover. In this paper we present DIRTY (DecompIled variable ReTYper), a novel technique for improving the quality of decompiler output that automatically generates meaningful variable names and types. DIRTY is built on a Transformer based neural network model and is trained on code automatically scraped from repositories on GitHub. DIRTY uses this model to postprocesses decompiled files, recommending variable types and names given their context. Empirical evaluation on a novel dataset of C code mined from GitHub shows that DIRTY outperforms prior work approaches by a sizable margin, recovering the original names written by developers 66.4% of the time and the original types 75.8% of the time.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1910067</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>