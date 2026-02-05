--- v0 (2025-11-03)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10357271</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.2196/30474</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Using Health Concept Surveying to Elicit Usable Evidence: Case Studies of a Novel Evaluation Methodology</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Mariakakis, Alex; Karkar, Ravi; Patel, Shwetak N; Kientz, Julie A; Fogarty, James; Munson, Sean A</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>JMIR Human Factors</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>e30474</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2292-9495</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Background              Developers, designers, and researchers use rapid prototyping methods to project the adoption and acceptability of their health intervention technology (HIT) before the technology becomes mature enough to be deployed. Although these methods are useful for gathering feedback that advances the development of HITs, they rarely provide usable evidence that can contribute to our broader understanding of HITs.                                      Objective              In this research, we aim to develop and demonstrate a variation of vignette testing that supports developers and designers in evaluating early-stage HIT designs while generating usable evidence for the broader research community.                                      Methods              We proposed a method called health concept surveying for untangling the causal relationships that people develop around conceptual HITs. In health concept surveying, investigators gather reactions to design concepts through a scenario-based survey instrument. As the investigator manipulates characteristics related to their HIT, the survey instrument also measures proximal cognitive factors according to a health behavior change model to project how HIT design decisions may affect the adoption and acceptability of an HIT. Responses to the survey instrument were analyzed using path analysis to untangle the causal effects of these factors on the outcome variables.                                      Results              We demonstrated health concept surveying in 3 case studies of sensor-based health-screening apps. Our first study (N=54) showed that a wait time incentive could influence more people to go see a dermatologist after a positive test for skin cancer. Our second study (N=54), evaluating a similar application design, showed that although visual explanations of algorithmic decisions could increase participant trust in negative test results, the trust would not have been enough to affect people’s decision-making. Our third study (N=263) showed that people might prioritize test specificity or sensitivity depending on the nature of the medical condition.                                      Conclusions              Beyond the findings from our 3 case studies, our research uses the framing of the Health Belief Model to elicit and understand the intrinsic and extrinsic factors that may affect the adoption and acceptability of an HIT without having to build a working prototype. We have made our survey instrument publicly available so that others can leverage it for their own investigations.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1813675</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>