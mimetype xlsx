--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10357519</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3534678.3539319</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>On Structural Explanation of Bias in Graph Neural Networks</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Dong, Yushun; Wang, Song; Wang, Yu; Derr, Tyler; Li, Jundong</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-08-14T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 28th ACM SIGKDD Conference on Knowledge Discovery and Data Mining</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>316 to 326</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Graph Neural Networks (GNNs) have shown satisfying performance in various graph analytical problems. Hence, they have become the de facto solution in a variety of decision-making scenarios. However, GNNs could yield biased results against certain demographic subgroups. Some recent works have empirically shown that the biased structure of the input network is a significant source of bias for GNNs. Nevertheless, no studies have systematically scrutinized which part of the input network structure leads to biased predictions for any given node. The low transparency on how the structure of the input network influences the bias in GNN outcome largely limits the safe adoption of GNNs in various decision-critical scenarios. In this paper, we study a novel research problem of structural explanation of bias in GNNs. Specifically, we propose a novel post-hoc explanation framework to identify two edge sets that can maximally account for the exhibited bias and maximally contribute to the fairness level of the GNN prediction for any given node, respectively. Such explanations not only provide a comprehensive understanding of bias/fairness of GNN predictions but also have practical significance in building an effective yet fair GNN model. Extensive experiments on real-world datasets validate the effectiveness of the proposed framework towards delivering effective structural explanations for the bias of GNNs. Open-source code can be found at https://github.com/yushundong/REFEREE.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2006844</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>