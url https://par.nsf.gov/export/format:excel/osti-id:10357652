--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,179 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...127 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -193,189 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10357652</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/ISSN 2573-2773</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Transforming Teams of Experts into Expert Teams: Eight Principles of Expert Team Performance</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bisbey, Tiffany; Traylor, Allison; Salas, Eduardo</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of expertise</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>190 - 207</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2573-2773</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Anders Ericsson’s seminal research on expert performance spurred a number of streams of research across psychological disciplines. Though his work was primarily focused on expert individual performance, there has been increasing interest over the past several decades on the factors underlying expert teamwork. This paper advances eight principles of expert team performance based on decades of team science research: shared mental models, learning and adaptation, role clarity, shared vision, dynamic leadership, psychological safety, cooperation and coordination, and resilience. In addition, we review a number of team development interventions aimed at building team expertise including team training, simulation, coaching, and debriefing. Accordingly, this paper is divided into three sections
+addressing (1) how expert teams perform, (2) interventions to develop expert team performance, and (3) a reflection on the role Anders Ericsson’s work has played in team science, including a personal reflection from Eduardo Salas on deliberate and guided practice.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1853528</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>