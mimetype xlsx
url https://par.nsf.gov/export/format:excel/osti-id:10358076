--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10358076</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3390/atmos12030395</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Prediction of Solar Irradiance and Photovoltaic Solar Energy Product Based on Cloud Coverage Estimation Using Machine Learning Methods</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Park, Seongha; Kim, Yongho; Ferrier, Nicola J.; Collis, Scott M.; Sankaran, Rajesh; Beckman, Pete H.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-03-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Atmosphere</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>395</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2073-4433</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Cloud cover estimation from images taken by sky-facing cameras can be an important input for analyzing current weather conditions and estimating photovoltaic power generation. The constant change in position, shape, and density of clouds, however, makes the development of a robust computational method for cloud cover estimation challenging. Accurately determining the edge of clouds and hence the separation between clouds and clear sky is difficult and often impossible. Toward determining cloud cover for estimating photovoltaic output, we propose using machine learning methods for cloud segmentation. We compare several methods including a classical regression model, deep learning methods, and boosting methods that combine results from the other machine learning models. To train each of the machine learning models with various sky conditions, we supplemented the existing Singapore whole sky imaging segmentation database with hazy and overcast images collected by a camera-equipped Waggle sensor node. We found that the U-Net architecture, one of the deep neural networks we utilized, segmented cloud pixels most accurately. However, the accuracy of segmenting cloud pixels did not guarantee high accuracy of estimating solar irradiance. We confirmed that the cloud cover ratio is directly related to solar irradiance. Additionally, we confirmed that solar irradiance and solar power output are closely related; hence, by predicting solar irradiance, we can estimate solar power output. This study demonstrates that sky-facing cameras with machine learning methods can be used to estimate solar power output. This ground-based approach provides an inexpensive way to understand solar irradiance and estimate production from photovoltaic solar facilities.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1935984</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>