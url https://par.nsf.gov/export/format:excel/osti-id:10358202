--- v0 (2025-10-31)
+++ v1 (2026-01-19)
@@ -86,87 +86,87 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10358202</t>
-[...8 lines deleted...]
-    <t>Barbuy, B.; Cantelli, E.; Muniz, L.; Souza, S. O.; Chiappini, C.; Hirschi, R.; Cescutti, G.; Pignatari, M.; Ortolani, S.; Kerber, L.; Maia, F. F.; Bica, E.; Depagne, E.</t>
+    <t>10358095</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1126/sciadv.abh0640</t>
+  </si>
+  <si>
+    <t>Aligned 2D carbon nanotube liquid crystals for wafer-scale electronics</t>
+  </si>
+  <si>
+    <t>Jinkins, Katherine R.; Foradori, Sean M.; Saraswat, Vivek; Jacobberger, Robert M.; Dwyer, Jonathan H.; Gopalan, Padma; Berson, Arganthaël; Arnold, Michael S.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-10-01T04:00:00Z</t>
-[...14 lines deleted...]
-    <t>Context.              NGC 6522 is a moderately metal-poor bulge globular cluster ([Fe/H] ~ −1.0), and it is a well-studied representative among a number of moderately metal-poor blue horizontal branch clusters located in the bulge. The NGC 6522 abundance pattern can give hints on the earliest chemical enrichment in the central Galaxy.                                      Aims.              The aim of this study is to derive abundances of the light elements C and N; alpha elements O, Mg, Si, Ca, and Ti; odd-Z elements Na and Al; neutron-capture elements Y, Zr, Ba, La, and Nd; and the              r              -process element Eu. We verify if there are first- and second-generation stars: we find clear evidence of Na–Al, Na–N, and Mg–Al correlations, while we cannot identify the Na–O anti-correlation from our data.                                      Methods.              High-resolution spectra of six red giants in the bulge globular cluster NGC 6522 were obtained at the 8m VLT UT2-Kueyen telescope with both the UVES and GIRAFFE spectrographs in FLAMES+UVES configuration. In light of              Gaia              data, it turned out that two of them are non-members, but these were also analysed. Spectroscopic parameters were derived through the excitation and ionisation equilibrium of Fe               I              and Fe               II              lines from UVES spectra. The abundances were obtained with spectrum synthesis. Comparisons of abundances derived from UVES and GIRAFFE spectra were carried out.                                      Results.              The present analysis combined with previous UVES results gives a mean radial velocity of              v              r              hel              = −15.62±7.7 km s              −1              and a metallicity of [Fe/H] = −1.05 ± 0.20 for NGC 6522. Mean abundances of alpha elements for the present four member stars are enhanced with [O/Fe] = +0.38, [Mg/Fe] = ≈+0.28, [Si/Fe] ≈ +0.19, and [Ca/Fe] ≈ +0.13, together with the iron-peak element [Ti/Fe] ≈ +0.13, and the              r              -process element [Eu/Fe] = +0.40. The neutron-capture elements Y, Zr, Ba, and La show enhancements in the +0.08 &lt; [Y/Fe] &lt; +0.90, 0.11 &lt; [Zr/Fe] &lt; +0.50, 0.00 &lt; [Ba/Fe] &lt; +0.63, 0.00 &lt; [La/Fe] &lt; +0.45, and −0.10 &lt; [Nd/Fe] &lt; +0.70 ranges. We also discuss the spread in heavy-element abundances.</t>
+    <t>2021-09-10T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Science Advances</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>2375-2548</t>
+  </si>
+  <si>
+    <t>Semiconducting carbon nanotubes promise faster performance and lower power consumption than Si in field-effect transistors (FETs) if they can be aligned in dense arrays. Here, we demonstrate that nanotubes collected at a liquid/liquid interface self-organize to form two-dimensional (2D) nematic liquid crystals that globally align with flow. The 2D liquid crystals are transferred onto substrates in a continuous process generating dense arrays of nanotubes aligned within ±6°, ideal for electronics. Nanotube ordering improves with increasing concentration and decreasing temperature due to the underlying liquid crystal phenomena. The excellent alignment and uniformity of the transferred assemblies enable FETs with exceptional on-state current density averaging 520 μA μm              −1              at only −0.6 V, and variation of only 19%. FETs with ion gel top gates demonstrate subthreshold swing as low as 60 mV decade              −1              . Deposition across a 10-cm substrate is achieved, evidencing the promise of 2D nanotube liquid crystals for commercial semiconductor electronics.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1927130</t>
+    <t>1727523</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -296,54 +296,54 @@
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="J2" s="0"/>
-      <c r="K2" t="s" s="0">
+      <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
+      <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>