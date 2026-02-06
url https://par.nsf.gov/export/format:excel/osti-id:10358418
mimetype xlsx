--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10358418</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-3881/ac415b</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The TESS-Keck Survey. VIII. Confirmation of a Transiting Giant Planet on an Eccentric 261 Day Orbit with the Automated Planet Finder Telescope*</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Dalba, Paul A.; Kane, Stephen R.; Dragomir, Diana; Villanueva, Steven; Collins, Karen A.; Jacobs, Thomas Lee; LaCourse, Daryll M.; Gagliano, Robert; Kristiansen, Martti H.; Omohundro, Mark; Schwengeler, Hans M.; Terentev, Ivan A.; Vanderburg, Andrew; Fulton, Benjamin; Isaacson, Howard; Van Zandt, Judah; Howard, Andrew W.; Thorngren, Daniel P.; Howell, Steve B.; Batalha, Natalie M.; Chontos, Ashley; Crossfield, Ian J.; Dressing, Courtney D.; Huber, Daniel; Petigura, Erik A.; Robertson, Paul; Roy, Arpita; Weiss, Lauren M.; Behmard, Aida; Beard, Corey; Brinkman, Casey L.; Giacalone, Steven; Hill, Michelle L.; Lubin, Jack; Mayo, Andrew W.; Močnik, Teo; Akana Murphy, Joseph M.; Polanski, Alex S.; Rice, Malena; Rosenthal, Lee J.; Rubenzahl, Ryan A.; Scarsdale, Nicholas; Turtelboom, Emma V.; Tyler, Dakotah; Benni, Paul; Boyce, Pat; Esposito, Thomas M.; Girardin, E.; Laloum, Didier; Lewin, Pablo; Mann, Christopher R.; Marchis, Franck; Schwarz, Richard P.; Srdoc, Gregor; Steuer, Jana; Sivarani, Thirupathi; Unni, Athira; Eisner, Nora L.; Fetherolf, Tara; Li, Zhexing; Yao, Xinyu; Pepper, Joshua; Ricker, George R.; Vanderspek, Roland; Latham, David W.; Seager, S.; Winn, Joshua N.; Jenkins, Jon M.; Burke, Christopher J.; Eastman, Jason D.; Lund, Michael B.; Rodriguez, David R.; Rowden, Pamela; Ting, Eric B.; Villaseñor, Jesus Noel</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-01-13T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astronomical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>163</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>61</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6256</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract                          We report the discovery of TOI-2180 b, a 2.8              M              J              giant planet orbiting a slightly evolved G5 host star. This planet transited only once in Cycle 2 of the primary Transiting Exoplanet Survey Satellite (TESS) mission. Citizen scientists identified the 24 hr single-transit event shortly after the data were released, allowing a Doppler monitoring campaign with the Automated Planet Finder telescope at Lick Observatory to begin promptly. The radial velocity observations refined the orbital period of TOI-2180 b to be 260.8 ± 0.6 days, revealed an orbital eccentricity of 0.368 ± 0.007, and discovered long-term acceleration from a more distant massive companion. We conducted ground-based photometry from 14 sites spread around the globe in an attempt to detect another transit. Although we did not make a clear transit detection, the nondetections improved the precision of the orbital period. We predict that TESS will likely detect another transit of TOI-2180 b in Sector 48 of its extended mission. We use giant planet structure models to retrieve the bulk heavy-element content of TOI-2180 b. When considered alongside other giant planets with orbital periods over 100 days, we find tentative evidence that the correlation between planet mass and metal enrichment relative to stellar is dependent on orbital properties. Single-transit discoveries like TOI-2180 b highlight the exciting potential of the TESS mission to find planets with long orbital periods and low irradiation fluxes despite the selection biases associated with the transit method.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1903811; 1717000</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>