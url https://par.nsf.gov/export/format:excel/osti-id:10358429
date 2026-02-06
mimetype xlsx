--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10358429</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4365/ac7230</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The California Legacy Survey. III. On the Shoulders of (Some) Giants: The Relationship between Inner Small Planets and Outer Massive Planets</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Rosenthal, Lee J.; Knutson, Heather A.; Chachan, Yayaati; Dai, Fei; Howard, Andrew W.; Fulton, Benjamin J.; Chontos, Ashley; Crepp, Justin R.; Dalba, Paul A.; Henry, Gregory W.; Kane, Stephen R.; Petigura, Erik A.; Weiss, Lauren M.; Wright, Jason T.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-08-17T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal Supplement Series</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>262</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0067-0049</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract                          We use a high-precision radial velocity survey of FGKM stars to study the conditional occurrence of two classes of planets: close-in small planets (0.023–1 au, 2–30              M              ⊕              ) and distant giant planets (0.23–10 au, 30–6000              M              ⊕              ). We find that                                                                                                                                            41                                                              −                      13                                                              +                      15                                                        %                                                            of systems with a close-in, small planet also host an outer giant, compared to                                                                                                                                            17.6                                                              −                      1.9                                                              +                      2.4                                                        %                                                            for stars irrespective of small planet presence. This implies that small planet hosts may be enhanced in outer giant occurrences compared to all stars with 1.7              σ              significance. Conversely, we estimate that                                                                                                                                            42                                                              −                      13                                                              +                      17                                                        %                                                            of cold giant hosts also host an inner small planet, compared to                                                                                                                                            27.6                                                              −                      4.8                                                              +                      5.8                                                        %                                                            of stars irrespective of cold giant presence. We also find that more massive and close-in giant planets are not associated with small inner planets. Specifically, our sample indicates that small planets are less likely to have outer giant companions more massive than approximately 120              M              ⊕              and within 0.3–3 au, than to have less massive or more distant giant companions, with ∼2.2              σ              confidence. This implies that massive gas giants within 0.3–3 au may suppress inner small planet formation. Additionally, we compare the host-star metallicity distributions for systems with only small planets and those with both small planets and cold giants. In agreement with previous studies, we find that stars in our survey that only host small planets have a metallicity distribution that is consistent with the broader solar-metallicity-median sample, while stars that host both small planets and gas giants are distinctly metal rich with ∼2.3              σ              confidence.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1903811</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>