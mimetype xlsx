--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10358586</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Synergy of Intertwining Grant Activities: Cyber Up! and GenCyber Girls</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>West, Tobi</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-08-23T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ASEE Annual Conference proceedings</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1524-4644</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The ongoing workforce shortage of skilled and diverse cybersecurity professionals coupled with the continued upward trend of cybercrime has led to an increased number of funding opportunities from the federal government to support projects focused on technical skills development. Significant emphasis is placed on academic transfer pathways and education-to-career pathways for students from K-12 to community college and beyond. Utilizing funding from multiple sources, faculty have intertwined grant project activities to increase awareness of cybersecurity careers and academic pathways, emphasizing digital forensics and incident response. The two grant projects, Cyber Up! and GenCyber Girls, aimed to develop college-level curriculum and cybersecurity workshops for female high school students. Project activities were synthesized to create a summer camp for high school students based on the curriculum developed for the college programs in digital forensics and incident response. The synergy between the projects has shown an increase in female participation in the digital forensics course and helped build interest in cybersecurity careers among K-12 students.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1800999</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>