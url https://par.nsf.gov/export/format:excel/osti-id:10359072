--- v0 (2026-01-17)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,87 +86,90 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10359072</t>
-[...8 lines deleted...]
-    <t>Tu, Huy; Menzies, Tim</t>
+    <t>10422307</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.56553/popets-2023-0071</t>
+  </si>
+  <si>
+    <t>Time-Deniable Signatures</t>
+  </si>
+  <si>
+    <t>Beck, Gabrielle; Choudhuri, Arka Rai; Green, Matthew; Jain, Abhishek; Tiwari, Pratyush Ranjan</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2022-07-01T04:00:00Z</t>
-[...11 lines deleted...]
-    <t>1382-3256</t>
+    <t>2023-07-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Proceedings on Privacy Enhancing Technologies</t>
+  </si>
+  <si>
+    <t>2023</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>79 to 102</t>
+  </si>
+  <si>
+    <t>2299-0984</t>
+  </si>
+  <si>
+    <t>In this work we propose time-deniable signatures (TDS), a new primitive that facilitates deniable authentication in protocols such as DKIM-signed email. As with traditional signatures, TDS provide strong authenticity for message content, at least {\em for a sender-chosen period of time}. Once this time period has elapsed, however, time-deniable signatures can be forged by any party who obtains a signature. This forgery property ensures that signatures serve a useful authentication purpose for a bounded time period, while also allowing signers to plausibly disavow the creation of older signed content. Most critically, and unlike many past proposals for deniable authentication, TDS do not require interaction with the receiver or the deployment of any persistent cryptographic infrastructure or services beyond the signing process ( e.g., APIs to publish secrets or author timestamp certificates.) We first investigate the security definitions for time-deniability, demonstrating that past definition attempts are insufficient (and indeed, allow for broken signature schemes.) We then propose an efficient construction of TDS based on well-studied assumptions.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1931425</t>
-[...2 lines deleted...]
-    <t>2022</t>
+    <t>1942789</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
@@ -296,75 +299,79 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" s="0"/>
+      <c r="K2" t="s" s="0">
+        <v>35</v>
+      </c>
       <c r="L2" t="s" s="0">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="M2" s="0"/>
-      <c r="N2" s="0"/>
+      <c r="N2" t="s" s="0">
+        <v>37</v>
+      </c>
       <c r="O2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>