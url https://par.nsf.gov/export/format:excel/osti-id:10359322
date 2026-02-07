--- v0 (2025-11-01)
+++ v1 (2026-02-07)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10359322</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Modular Switch Programming Under Resource Constraints</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hogan, Mary; Feibish, Shir Landau; Arashloo, Mina Tahmasbi; Rexford, Jennier; Walker, David</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-04-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>USENIX Symposium on Networked Systems Design and Implementation</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Programmable networks support a wide variety of applications, including access control, routing, monitoring, caching, and synchronization. As demand for applications grows, so does resource contention within the switch data plane. Cramming applications onto a switch is a challenging task that often results in non-modular programming, frustrating “trial and error” compile-debug cycles, and suboptimal use of resources. In this paper, we present P4All, an extension of P4 that allows programmers to define elastic data structures that stretch automatically to make optimal use of available switch resources. These data structures are defined using symbolic primitives (that parameterize the size and shape of the structure) and objective functions (that quantify the value gained or lost as that shape changes). A top-level optimization function specifies how to share resources amongst data structures or applications. We demonstrate the inherent modularity and effectiveness of our design by building a range of reusable elastic data structures including hash tables, Bloom filters, sketches, and key-value stores, and using those structures within larger applications. We show how to implement the P4All compiler using a combination of dependency analysis, loop unrolling, linear and non-linear constraint generation, and constraint solving. We evaluate the compiler’s performance, showing that a range of elastic programs can be compiled to P4 in few minutes at most, but usually less.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1837030</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>