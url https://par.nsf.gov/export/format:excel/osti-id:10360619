--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,84 +86,97 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10275928</t>
+    <t>10360619</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1029/2021MS002665</t>
+  </si>
+  <si>
+    <t>Implementation and Evaluation of a Unified Turbulence Parameterization Throughout the Canopy and Roughness Sublayer in Noah‐MP Snow Simulations</t>
+  </si>
+  <si>
+    <t>Abolafia‐Rosenzweig, Ronnie [National Center for Atmospheric Research  Boulder CO USA] (ORCID:0000000261696430); He, Cenlin [National Center for Atmospheric Research  Boulder CO USA] (ORCID:0000000273672815); Burns, Sean P. [National Center for Atmospheric Research  Boulder CO USA, Department of Geography University of Colorado  Boulder CO USA] (ORCID:0000000262581838); Chen, Fei [National Center for Atmospheric Research  Boulder CO USA] (ORCID:0000000325733828)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>On the model-based stochastic value gradient for continuous reinforcement learning</t>
-[...14 lines deleted...]
-    <t>For over a decade, model-based reinforcement learning has been seen as a way to leverage control-based domain knowledge to improve the sample-efficiency of reinforcement learning agents. While model-based agents are conceptually appealing, their policies tend to lag behind those of model-free agents in terms of final reward, especially in non-trivial environments. In response, researchers have proposed model-based agents with increasingly complex components, from ensembles of probabilistic dynamics models, to heuristics for mitigating model error. In a reversal of this trend, we show that simple model-based agents can be derived from existing ideas that not only match, but outperform state-of-the-art model-free agents in terms of both sample-efficiency and final reward. We find that a model-free soft value estimate for policy evaluation and a model-based stochastic value gradient for policy improvement is an effective combination, achieving state-of-the-art results on a high-dimensional humanoid control task, which most model-based agents are unable to solve. Our findings suggest that model-based policy evaluation deserves closer attention.</t>
+    <t>2021-11-18T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Journal of Advances in Modeling Earth Systems</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>1942-2466</t>
+  </si>
+  <si>
+    <t>&lt;title&gt;Abstract&lt;/title&gt;
+ &lt;p&gt;The Noah‐MP land surface model (LSM) relies on the Monin‐Obukhov (M‐O) Similarity Theory (MOST) to calculate land‐atmosphere exchanges of water, energy, and momentum fluxes. However, MOST flux‐profile relationships neglect canopy‐induced turbulence in the roughness sublayer (RSL) and parameterize within‐canopy turbulence in an ad hoc manner. We implement a new physics scheme (M‐O‐RSL) into Noah‐MP that explicitly parameterizes turbulence in RSL. We compare Noah‐MP simulations employing the M‐O‐RSL scheme (M‐O‐RSL simulations) and the default M‐O scheme (M‐O simulations) against observations obtained from 647 Snow Telemetry (SNOTEL) stations and two AmeriFlux stations in the western United States. M‐O‐RSL simulations of snow water equivalent (SWE) outperform M‐O simulations over 64% and 69% of SNOTEL sites in terms of root‐mean‐square‐error (RMSE) and correlation, respectively. The largest improvements in skill for M‐O‐RSL occur over closed shrubland sites, and the largest degradations in skill occur over deciduous broadleaf forest sites. Differences between M‐O and M‐O‐RSL simulated snowpack are primarily attributable to differences in aerodynamic conductance for heat underneath the canopy top, which modulates sensible heat flux. Differences between M‐O and M‐O‐RSL within‐canopy and below‐canopy sensible heat fluxes affect the amount of heat transported into snowpack and hence change snowmelt when temperatures are close to or above the melting point. The surface energy budget analysis over two AmeriFlux stations shows that differences between M‐O and M‐O‐RSL simulations can be smaller than other model biases (e.g., surface albedo). We intend for the M‐O‐RSL physics scheme to improve performance and uncertainty estimates in weather and hydrological applications that rely on Noah‐MP.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1951856</t>
+    <t>1637686</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>Conference Paper</t>
+    <t>Journal Article</t>
+  </si>
+  <si>
+    <t>DOI PREFIX: 10.1029</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -273,88 +286,96 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-      <c r="J2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="K2" s="0"/>
-      <c r="L2" s="0"/>
+      <c r="L2" t="s" s="0">
+        <v>35</v>
+      </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="W2" s="0"/>
+        <v>40</v>
+      </c>
+      <c r="W2" t="s" s="0">
+        <v>41</v>
+      </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>