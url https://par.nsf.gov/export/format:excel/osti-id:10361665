--- v0 (2025-11-01)
+++ v1 (2026-01-21)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,81 +86,99 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10325859</t>
+    <t>10361665</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1149/1945-7111/abe9cb</t>
+  </si>
+  <si>
+    <t>A Systematic Electrochemical Investigation of a Dimethylamine Cosolvent-Assisted Nonaqueous Zinc(II) Bis(trifluoromethylsulfonyl)imide Electrolyte</t>
+  </si>
+  <si>
+    <t>Asselin, Genevieve M.; Paden, Olivia; Qiu, Weiqi; Yang, Zicheng; Sa, Niya (ORCID:0000000346565851)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Combining Feature and Instance Attribution to Detect Artifacts</t>
-[...11 lines deleted...]
-    <t>Training the large deep neural networks that dominate NLP requires large datasets. Many of these are collected automatically or via crowdsourcing, and may exhibit systematic biases or annotation artifacts. By the latter, we mean correlations between inputs and outputs that are spurious, insofar as they do not represent a generally held causal relationship between features and classes; models that exploit such correlations may appear to perform a given task well, but fail on out of sample data. In this paper we propose methods to facilitate identification of training data artifacts, using new hybrid approaches that combine saliency maps (which highlight important input features) with instance attribution methods (which retrieve training samples influential to a given prediction). We show that this proposed training-feature attribution approach can be used to uncover artifacts in training data, and use it to identify previously unreported artifacts in a few standard NLP datasets. We execute a small user study to evaluate whether these methods are useful to NLP researchers in practice, with promising results. We make code for all methods and experiments in this paper available.</t>
+    <t>2021-03-10T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Journal of The Electrochemical Society</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Article No. 030516</t>
+  </si>
+  <si>
+    <t>0013-4651</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;The development of the multivalent electrolytes is a critical component to advance polyvalent energy storage technology. In this work, a new and simple nonaqueous zinc electrolyte is developed and investigated where a secondary amine is introduced as a cosolvent. The addition of dimethylamine (DMA) as a cosolvent in THF facilitates the solubilization of Zinc (II) bis(trifluoromethanesulfonyl)imde (Zn(TFSI)&lt;sub&gt;2&lt;/sub&gt;) and results in a homogeneous electrolyte with reversible plating of zinc achieved at high coulombic efficiencies. The electrochemical properties of the developed electrolyte and the effects of the cosolvent and salt concentrations are systematically investigated. It was found that increasing the ratio of the cosolvent DMA in THF for a Zn(TFSI)&lt;sub&gt;2&lt;/sub&gt;electrolyte leads to more facile kinetics, better ion solubilization, and higher ion mobility evidenced by up a significant increase in conductivity as well as the plating/stripping current densities. Increased Zn(TFSI)&lt;sub&gt;2&lt;/sub&gt;salt concentration in a 2.0 M DMA in THF solvent mixture not only leads to a higher current density and conductivity, but also a higher molar conductivity due to a redissociation mechanism. The findings in this study are relevant and important to further understand and characterize multivalent electrolytes from a simple and effective electrolyte design strategy.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1750978</t>
-[...5 lines deleted...]
-    <t>Conference Paper</t>
+    <t>1919919</t>
+  </si>
+  <si>
+    <t>2021</t>
+  </si>
+  <si>
+    <t>Journal Article</t>
+  </si>
+  <si>
+    <t>The Electrochemical Society</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -270,88 +288,98 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
-        <v>31</v>
-[...4 lines deleted...]
-      <c r="L2" s="0"/>
+        <v>32</v>
+      </c>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="K2" t="s" s="0">
+        <v>35</v>
+      </c>
+      <c r="L2" t="s" s="0">
+        <v>36</v>
+      </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="W2" s="0"/>
+        <v>41</v>
+      </c>
+      <c r="W2" t="s" s="0">
+        <v>42</v>
+      </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>