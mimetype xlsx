--- v0 (2025-11-01)
+++ v1 (2026-01-21)
@@ -95,51 +95,51 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10362094</t>
   </si>
   <si>
     <t>https://doi.org/10.1029/2021GL092948</t>
   </si>
   <si>
     <t>Holocene Hydroclimatic Reorganizations in Northwest Canada Inferred From Lacustrine Carbonate Oxygen Isotopes</t>
   </si>
   <si>
-    <t>Lasher, G. Everett [Department of Geology and Environmental Science University of Pittsburgh  Pittsburgh PA USA] (ORCID:0000000169758264); Abbott, Mark B. [Department of Geology and Environmental Science University of Pittsburgh  Pittsburgh PA USA]; Anderson, Lesleigh [U.S. Geological Survey Geosciences and Environmental Change Science Center  Denver CO USA] (ORCID:000000025264089X); Yasarer, Lindsey [U.S. Department of Agriculture Agricultural Research Service National Sedimentation Laboratory  Oxford MS USA] (ORCID:000000020909060X); Rosenmeier, Michael [RIZZO International, Inc.  Pittsburgh PA USA]; Finney, Bruce P. [Departments of Geosciences and Department of Biological Sciences Idaho State University  Pocatello ID USA] (ORCID:0000000226396512)</t>
+    <t>Lasher, G_Everett [Department of Geology and Environmental Science University of Pittsburgh  Pittsburgh PA USA] (ORCID:0000000169758264); Abbott, Mark_B [Department of Geology and Environmental Science University of Pittsburgh  Pittsburgh PA USA]; Anderson, Lesleigh [U.S. Geological Survey Geosciences and Environmental Change Science Center  Denver CO USA] (ORCID:000000025264089X); Yasarer, Lindsey [U.S. Department of Agriculture Agricultural Research Service National Sedimentation Laboratory  Oxford MS USA] (ORCID:000000020909060X); Rosenmeier, Michael [RIZZO International, Inc.  Pittsburgh PA USA]; Finney, Bruce_P [Departments of Geosciences and Department of Biological Sciences Idaho State University  Pocatello ID USA] (ORCID:0000000226396512)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2021-08-16T04:00:00Z</t>
   </si>
   <si>
     <t>Geophysical Research Letters</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>0094-8276</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Sub‐centennial oxygen (&lt;italic&gt;δ&lt;/italic&gt;&lt;sup&gt;18&lt;/sup&gt;O) isotopes of ostracod and authigenic calcite from Squanga Lake provides evidence of hydroclimatic extremes and a series of post‐glacial climate system reorganizations for the interior region of northwest Canada. Authigenic calcite&lt;italic&gt;δ&lt;/italic&gt;&lt;sup&gt;18&lt;/sup&gt;O values range from −16‰ to −21‰ and are presently similar to modern lake water and annual precipitation values. Ostracod&lt;italic&gt;δ&lt;/italic&gt;&lt;sup&gt;18&lt;/sup&gt;O record near identical trends with calcite, offset by +1.7 ± 0.6‰. At 11 ka BP (kaBP = thousands of years before 1950), higher&lt;italic&gt;δ&lt;/italic&gt;&lt;sup&gt;18&lt;/sup&gt;O values reflect decreased precipitation−evaporation (P−E) balance from residual ice sheet influences on moisture availability. A trend to lower&lt;italic&gt;δ&lt;/italic&gt;&lt;sup&gt;18&lt;/sup&gt;O values until ∼8 ka BP reflects a shift to wetter conditions, and reorganization of atmospheric circulation. The last millennium and modern era are relatively dry, though not as dry as the early Holocene extreme. North Pacific climate dynamics remained an important driver of P−E balance in northwest Canada throughout the Holocene.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>