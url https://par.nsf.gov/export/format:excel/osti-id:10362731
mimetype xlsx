--- v0 (2025-11-01)
+++ v1 (2026-02-05)
@@ -6,170 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...118 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -184,183 +65,309 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10362731</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Determinant Maximization via Matroid Intersection Algorithms</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Brown, A; Laddha, A.; Pittu, M.; Singh, M.; Tetali, P.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-10-31T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Annual Symposium on Foundations of Computer Science</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0272-5428</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Determinant maximization problem gives a general framework that models problems arising in as diverse fields as statistics [Puk06], convex geometry [Kha96], fair allocations
+[AGSS16], combinatorics [AGV18], spectral graph theory [NST19a], network design, and random processes [KT12]. In an instance of a determinant maximization problem, we are given a collection of vectors U = {v1, . . . , vn} ⊂ Rd , and a goal is to pick a subset S ⊆ U of given vectors to maximize the determinant of the matrix ∑i∈S vivi^T. Often, the set S of picked vectors must satisfy additional combinatorial constraints such as cardinality constraint (|S| ≤ k) or matroid constraint (S is a basis of a matroid defined on the vectors).
+In this paper, we give a polynomial-time deterministic algorithm that returns a r
+O(r)-approximation for any matroid of rank r ≤ d. This improves previous results that give e
+O(r^2)-approximation algorithms relying on e^O(r)-approximate estimation algorithms [NS16, AG17,AGV18, MNST20] for any r ≤ d. All previous results use convex relaxations and their relationship to stable polynomials and strongly log-concave polynomials. In contrast, our algorithm builds on combinatorial algorithms for matroid intersection, which iteratively improve any solution by finding an alternating negative cycle in the exchange graph defined by the matroids. While the det(.) function is not linear, we show that taking appropriate linear approximations at each iteration suffice to give the improved approximation algorithm.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1910423; 2106444</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>