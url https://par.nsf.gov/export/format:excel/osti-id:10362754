--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,84 +86,96 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10296502</t>
+    <t>10362754</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1557/s43577-021-00118-z</t>
+  </si>
+  <si>
+    <t>Sequestration of solid carbon in concrete: A large-scale enabler of lower-carbon intensity hydrogen from natural gas</t>
+  </si>
+  <si>
+    <t>Li, Jiaqi; Spanu, Leonardo; Heo, Jeffrey; Zhang, Wenxin; Gardner, David W.; Carraro, Carlo; Maboudian, Roya; Monteiro, Paulo J.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>An automatic refactoring framework for replacing test-production inheritance by mocking mechanism</t>
-[...14 lines deleted...]
-    <t>Unit testing focuses on verifying the functions of individual units of a software system. It is challenging due to the high inter-dependencies among software units. Developers address this by mocking-replacing the dependency by a "faked" object. Despite the existence of powerful, dedicated mocking frameworks, developers often turn to a "hand-rolled" approach-inheritance. That is, they create a subclass of the dependent class and mock its behavior through method overriding. However, this requires tedious implementation and compromises the design quality of unit tests. This work contributes a fully automated refactoring framework to identify and replace the usage of inheritance by using Mockito-a well received mocking framework. Our approach is built upon the empirical experience from five open source projects that use inheritance for mocking. We evaluate our approach on four other projects. Results show that our framework is efficient, generally applicable to new datasets, mostly preserves test case behaviors in detecting defects (in the form of mutants), and decouples test code from production code. The qualitative evaluation by experienced developers suggests that the auto-refactoring solutions generated by our framework improve the quality of the unit test cases in various aspects, such as making test conditions more explicit, as well as improved cohesion, readability, understandability, and maintainability with test cases.</t>
+    <t>2021-08-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>MRS Bulletin</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>680 to 686</t>
+  </si>
+  <si>
+    <t>0883-7694</t>
+  </si>
+  <si>
+    <t>Abstract                              Methane pyrolysis is an emerging technology to produce lower-carbon intensity hydrogen at scale, as long as the co-produced solid carbon is permanently captured. Partially replacing Portland cement with pyrolytic carbon would allow the sequestration at a scale that matches the needs of the H                2                industry. Our results suggest that compressive strength, the most critical mechanical property, of blended cement could even be improved while the cement manufacture, which contributes to ~ 9% global anthropogenic CO                2                emissions, can be decarbonized. A CO                2                abatement up to 10% of cement production could be achieved with the inclusion of selected carbon morphologies, without the need of significant capital investment and radical modification of current production processes. The use of solid carbon could have a higher CO                2                abatement potential than the incorporation of conventional industrial wastes used in concrete at the same replacement level. With this approach, the concrete industry could become an enabler for manufacturing a lower-carbon intensity hydrogen in a win–win solution.                                                    Impact              Methane pyrolysis is an up-scalable technology that produces hydrogen as a lower carbon-intensity energy carrier and industrial feedstock. This technology can attract more investment for lower-carbon intensity hydrogen if co-produced solid carbon (potentially hundreds of million tons per year) has value-added applications. The solid carbon can be permanently stored in concrete, the second most used commodity worldwide. To understand the feasibility of this carbon storage strategy, up to 10 wt% of Portland cement is replaced with disk-like or fibrillar carbon in our study. The incorporation of 5% and 10% fibrillar carbons increase the compressive strength of the cement-based materials by at least 20% and 16%, respectively, while disk-like carbons have little beneficial effects on the compressive strength. Our life-cycle assessment in climate change category results suggest that the 10% cement replacement with the solid carbon can lower ~10% of greenhouse gas emissions of cement production, which is currently the second-largest industrial emitter in the world. The use of solid carbon in concrete can supplement the enormous demand for cement substitute for low-carbon concrete and lower the cost of the low-carbon hydrogen production. This massively available low-cost solid carbon would create numerous new opportunities in concrete research and the industrial applications.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1909763</t>
+    <t>1935604</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>Conference Paper</t>
+    <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -273,88 +285,96 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-[...2 lines deleted...]
-      <c r="L2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="K2" t="s" s="0">
+        <v>35</v>
+      </c>
+      <c r="L2" t="s" s="0">
+        <v>36</v>
+      </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>