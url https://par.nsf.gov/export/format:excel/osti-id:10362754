--- v1 (2026-01-16)
+++ v2 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10362754</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1557/s43577-021-00118-z</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Sequestration of solid carbon in concrete: A large-scale enabler of lower-carbon intensity hydrogen from natural gas</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Li, Jiaqi; Spanu, Leonardo; Heo, Jeffrey; Zhang, Wenxin; Gardner, David W.; Carraro, Carlo; Maboudian, Roya; Monteiro, Paulo J.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-08-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>MRS Bulletin</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>680 to 686</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0883-7694</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract                              Methane pyrolysis is an emerging technology to produce lower-carbon intensity hydrogen at scale, as long as the co-produced solid carbon is permanently captured. Partially replacing Portland cement with pyrolytic carbon would allow the sequestration at a scale that matches the needs of the H                2                industry. Our results suggest that compressive strength, the most critical mechanical property, of blended cement could even be improved while the cement manufacture, which contributes to ~ 9% global anthropogenic CO                2                emissions, can be decarbonized. A CO                2                abatement up to 10% of cement production could be achieved with the inclusion of selected carbon morphologies, without the need of significant capital investment and radical modification of current production processes. The use of solid carbon could have a higher CO                2                abatement potential than the incorporation of conventional industrial wastes used in concrete at the same replacement level. With this approach, the concrete industry could become an enabler for manufacturing a lower-carbon intensity hydrogen in a win–win solution.                                                    Impact              Methane pyrolysis is an up-scalable technology that produces hydrogen as a lower carbon-intensity energy carrier and industrial feedstock. This technology can attract more investment for lower-carbon intensity hydrogen if co-produced solid carbon (potentially hundreds of million tons per year) has value-added applications. The solid carbon can be permanently stored in concrete, the second most used commodity worldwide. To understand the feasibility of this carbon storage strategy, up to 10 wt% of Portland cement is replaced with disk-like or fibrillar carbon in our study. The incorporation of 5% and 10% fibrillar carbons increase the compressive strength of the cement-based materials by at least 20% and 16%, respectively, while disk-like carbons have little beneficial effects on the compressive strength. Our life-cycle assessment in climate change category results suggest that the 10% cement replacement with the solid carbon can lower ~10% of greenhouse gas emissions of cement production, which is currently the second-largest industrial emitter in the world. The use of solid carbon in concrete can supplement the enormous demand for cement substitute for low-carbon concrete and lower the cost of the low-carbon hydrogen production. This massively available low-cost solid carbon would create numerous new opportunities in concrete research and the industrial applications.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1935604</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>