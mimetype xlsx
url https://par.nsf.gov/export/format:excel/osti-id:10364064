--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,97 +86,87 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10364064</t>
-[...8 lines deleted...]
-    <t>Robertson, Benjamin P.; Calabrese, Michelle A.</t>
+    <t>10318758</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.3389/fphys.2021.724044</t>
+  </si>
+  <si>
+    <t>NEO: NEuro-Inspired Optimization—A Fractional Time Series Approach</t>
+  </si>
+  <si>
+    <t>Sarthak Chatterjee, Subhro Das</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2022-03-18T04:00:00Z</t>
-[...15 lines deleted...]
- &lt;p&gt;Extensional flow properties of polymer solutions in volatile solvents govern many industrially-relevant coating processes, but existing instrumentation lacks the environment necessary to control evaporation. To mitigate evaporation during dripping-onto-substrate (DoS) extensional rheology measurements, we developed a chamber to enclose the sample in an environment saturated with solvent vapor. We validated the evaporation-controlled DoS device by measuring a model high molecular weight polyethylene oxide (PEO) in various organic solvents both inside and outside of the chamber. Evaporation substantially increased the extensional relaxation time&lt;inline-formula&gt;&lt;alternatives&gt;&lt;tex-math&gt;$$\lambda _{E}$$&lt;/tex-math&gt;&lt;math&gt;&lt;msub&gt;&lt;mi&gt;λ&lt;/mi&gt;&lt;mi&gt;E&lt;/mi&gt;&lt;/msub&gt;&lt;/math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;for PEO in volatile solvents like dichloromethane and chloroform. PEO/chloroform solutions displayed an over 20-fold increase in&lt;inline-formula&gt;&lt;alternatives&gt;&lt;tex-math&gt;$$\lambda _{E}$$&lt;/tex-math&gt;&lt;math&gt;&lt;msub&gt;&lt;mi&gt;λ&lt;/mi&gt;&lt;mi&gt;E&lt;/mi&gt;&lt;/msub&gt;&lt;/math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;due to the formation of an evaporation-induced surface film; evaporation studies confirmed surface features and skin formation reminiscent of buckling instabilities commonly observed in drying polymer solutions. Finally, the relaxation times of semi-dilute PEO/chloroform solutions were measured with environmental control, where&lt;inline-formula&gt;&lt;alternatives&gt;&lt;tex-math&gt;$$\lambda _{E}$$&lt;/tex-math&gt;&lt;math&gt;&lt;msub&gt;&lt;mi&gt;λ&lt;/mi&gt;&lt;mi&gt;E&lt;/mi&gt;&lt;/msub&gt;&lt;/math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;scaled with concentration by the exponent&lt;inline-formula&gt;&lt;alternatives&gt;&lt;tex-math&gt;$$m=0.62$$&lt;/tex-math&gt;&lt;math&gt;&lt;mrow&gt;&lt;mi&gt;m&lt;/mi&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;mn&gt;0.62&lt;/mn&gt;&lt;/mrow&gt;&lt;/math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;. These measurements validate the evaporation-controlled DoS environment, and confirm that chloroform is a good solvent for PEO, with a Flory exponent of&lt;inline-formula&gt;&lt;alternatives&gt;&lt;tex-math&gt;$$\nu =0.54$$&lt;/tex-math&gt;&lt;math&gt;&lt;mrow&gt;&lt;mi&gt;ν&lt;/mi&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;mn&gt;0.54&lt;/mn&gt;&lt;/mrow&gt;&lt;/math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;. Our results are the first to control evaporation during DoS extensional rheology, and provide guidelines establishing when environmental control is necessary to obtain accurate rheological parameters.&lt;/p&gt;</t>
+    <t>2021-09-21T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Frontiers in physiology</t>
+  </si>
+  <si>
+    <t>1664-042X</t>
+  </si>
+  <si>
+    <t>Solving optimization problems is a recurrent theme across different fields, including large-scale machine learning systems and deep learning. Often in practical applications, we encounter objective functions where the Hessian is ill-conditioned, which precludes us from using optimization algorithms utilizing second-order information. In this paper, we propose to use fractional time series analysis methods that have successfully been used to model neurophysiological processes in order to circumvent this issue. In particular, the long memory property of fractional time series exhibiting non-exponential power-law decay of trajectories seems to model behavior associated with the local curvature of the objective function at a given point. Specifically, we propose a NEuro-inspired Optimization (NEO) method that leverages this behavior, which contrasts with the short memory characteristics of currently used methods (e.g., gradient descent and heavy-ball). We provide evidence of the efficacy of the proposed method on a wide variety of settings implicitly found in practice.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1901635</t>
-[...2 lines deleted...]
-    <t>2022</t>
+    <t>1936624</t>
+  </si>
+  <si>
+    <t>2021</t>
   </si>
   <si>
     <t>Journal Article</t>
-  </si>
-[...1 lines deleted...]
-    <t>Nature Publishing Group</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -297,85 +287,79 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" t="s" s="0">
-[...4 lines deleted...]
-      </c>
+      <c r="I2" s="0"/>
+      <c r="J2" s="0"/>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="O2" t="s" s="0">
+        <v>35</v>
+      </c>
+      <c r="P2" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>37</v>
-      </c>
-[...7 lines deleted...]
-        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>