--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,99 +86,100 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10365555</t>
-[...8 lines deleted...]
-    <t>Begušić, Tomislav [Division of Chemistry and Chemical Engineering, California Institute of Technology, Pasadena, California 91125, USA] (ORCID:0000000279424134); Tao, Xuecheng [Division of Chemistry and Chemical Engineering, California Institute of Technology, Pasadena, California 91125, USA] (ORCID:0000000329073839); Blake, Geoffrey A. [Division of Chemistry and Chemical Engineering, California Institute of Technology, Pasadena, California 91125, USA, Division of Geological and Planetary Sciences, California Institute of Technology, Pasadena, California 91125, USA] (ORCID:0000000307871610); Miller, III, Thomas F. [Division of Chemistry and Chemical Engineering, California Institute of Technology, Pasadena, California 91125, USA] (ORCID:0000000218825380)</t>
+    <t>10558768</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1111/ssm.12660</t>
+  </si>
+  <si>
+    <t>Validity evidence of the use of quantitative measures of students in elementary mathematics education</t>
+  </si>
+  <si>
+    <t>Ing, Marsha [School of Education University of California, Riverside  Riverside California USA] (ORCID:0000000241568239); Kosko, Karl_W [School of Teaching, Learning and Curriculum Studies, College of Education, Health and Human Services Kent State University  Kent Ohio USA]; Jong, Cindy [STEM Education Department, College of Education University of Kentucky  Lexington Kentucky USA]; Shih, Jeffrey_C [Department of Teaching and Learning, College of Education University of Nevada  Las Vegas Nevada USA]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2022-04-07T04:00:00Z</t>
-[...17 lines deleted...]
-    <t>&lt;p&gt;Two-dimensional Raman and hybrid terahertz-Raman spectroscopic techniques provide invaluable insight into molecular structures and dynamics of condensed-phase systems. However, corroborating experimental results with theory is difficult due to the high computational cost of incorporating quantum-mechanical effects in the simulations. Here, we present the equilibrium–nonequilibrium ring-polymer molecular dynamics (RPMD), a practical computational method that can account for nuclear quantum effects on the two-time response function of nonlinear optical spectroscopy. Unlike a recently developed approach based on the double Kubo transformed (DKT) correlation function, our method is exact in the classical limit, where it reduces to the established equilibrium-nonequilibrium classical molecular dynamics method. Using benchmark model calculations, we demonstrate the advantages of the equilibrium–nonequilibrium RPMD over classical and DKT-based approaches. Importantly, its derivation, which is based on the nonequilibrium RPMD, obviates the need for identifying an appropriate Kubo transformed correlation function and paves the way for applying real-time path-integral techniques to multidimensional spectroscopy.&lt;/p&gt;</t>
+    <t>2024-04-11T04:00:00Z</t>
+  </si>
+  <si>
+    <t>School Science and Mathematics</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>0036-6803</t>
+  </si>
+  <si>
+    <t>&lt;title&gt;Abstract&lt;/title&gt;
+ &lt;p&gt;Quantitative measures in mathematics education have informed policies and practices for over a century. Thus, it is critical that such measures in mathematics education have sufficient validity evidence to improve mathematics experiences for students. This article provides a systematic review of the validity evidence related to measures used in elementary mathematics education. The review includes measures that focus on elementary students as the unit of analyses and attends to validity as defined by current conceptions of measurement. Findings suggest that one in ten measures in mathematics education include rigorous evidence to support intended uses. Recommendations are made to support mathematics education researchers to continue to take steps to improve validity evidence in the design and use of quantitative measures.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1665467</t>
-[...2 lines deleted...]
-    <t>2022</t>
+    <t>1920619</t>
+  </si>
+  <si>
+    <t>2024</t>
+  </si>
+  <si>
+    <t>p. 411-423</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>American Institute of Physics</t>
+    <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -305,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>