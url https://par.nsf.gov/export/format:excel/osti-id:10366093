--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,88 +86,93 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10088006</t>
-[...8 lines deleted...]
-    <t>Paudel, Anmol; Puri, Satish</t>
+    <t>10366093</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2019-01-01T05:00:00Z</t>
-[...9 lines deleted...]
-We chose compiler directive based approach for implementation because of its simplicity to parallelize sequential code. Using Nvidia Tesla P100 GPU, our implementation achieves around 40X speedup for line segment intersection problem on 40K and 80K data sets compared to sequential CGAL library.</t>
+    <t>The Future of FPGA Acceleration in Datacenters and the Cloud</t>
+  </si>
+  <si>
+    <t>Christophe Bobda; Joel Mandebi Mbongue; Paul Chow; Mohammad Ewais; Naif Tarafdar; Juan Camilo Vega; Ken Eguro; Dirk Koch; Suranga Handagala; Miriam Leeser; Martin Herbordt; Hafsah Shahzad; Peter Hofste; Burkhard Ringlein; Jakub Szefer; Ahmed Sanaullah; Russell Tessier</t>
+  </si>
+  <si>
+    <t>2022-01-04T05:00:00Z</t>
+  </si>
+  <si>
+    <t>ACM transactions on reconfigurable technology and systems</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>1–42</t>
+  </si>
+  <si>
+    <t>1936-7406</t>
+  </si>
+  <si>
+    <t>In this article, we survey existing academic and commercial efforts to provide Field-Programmable Gate Array (FPGA) acceleration in datacenters and the cloud. The goal is a critical review of existing systems and a discussion of their evolution from single workstations with PCI-attached FPGAs in the early days of reconfigurable computing to the integration of FPGA farms in large-scale computing infrastructures. From the lessons learned, we discuss the future of FPGAs in datacenters and the cloud and assess the challenges likely to be encountered along the way. The article explores current architectures and discusses scalability and abstractions supported by operating systems, middleware, and virtualization. Hardware and software security becomes critical when infrastructure is shared among tenants with disparate backgrounds. We review the vulnerabilities of current systems and possible attack scenarios and discuss mitigation strategies, some of which impact FPGA architecture and technology. The viability of these architectures for popular applications is reviewed, with a particular focus on deep learning and scientific computing. This work draws from workshop discussions, panel sessions including the participation of experts in the reconfigurable computing field, and private discussions among these experts. These interactions have harmonized the terminology, taxonomy, and the important topics covered in this manuscript.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1756000</t>
-[...5 lines deleted...]
-    <t>Conference Paper</t>
+    <t>2007320</t>
+  </si>
+  <si>
+    <t>2022</t>
+  </si>
+  <si>
+    <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -277,90 +282,96 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="G2" t="s" s="0">
         <v>30</v>
       </c>
-      <c r="F2" t="s" s="0">
-[...2 lines deleted...]
-      <c r="G2" t="s" s="0">
+      <c r="H2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="H2" t="s" s="0">
+      <c r="I2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" t="s" s="0">
+      <c r="J2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="J2" s="0"/>
-[...1 lines deleted...]
-      <c r="L2" s="0"/>
+      <c r="K2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="L2" t="s" s="0">
+        <v>35</v>
+      </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>