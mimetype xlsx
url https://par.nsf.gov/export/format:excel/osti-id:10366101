--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10366101</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Co-designing AI-based orchestration tools to support dynamic transitions: Design narratives through conjecture mapping</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Lawrence, L.; Guo, B.; Echeverria, V.; Kang, Z.; Bathala, V.; Li, C.; Huang, W.; Aleven, V.; &amp; Rummel, N.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Weinberger, A.; Chen, W.; Hernández-Leo, D.; Chen, B.</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Computersupported collaborative learning</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1573-4552</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Dynamically transitioning between individual and collaborative learning has been hypothesized to have positive effects, such as providing the optimal learning mode based on students’ needs. There are, however, challenges in orchestrating these transitions in real-time while managing a classroom of students. AI-based orchestration tools have the potential to alleviate some of the orchestration load for teachers. In this study, we describe a sequence of three design sessions with teachers where we refine prototypes of an orchestration tool to support dynamic transitions. We leverage design narratives and conjecture mapping for the design of our novel orchestration tool. Our contributions include the orchestration tool itself; a description of how novel tool features were revised throughout the sessions with teachers, including shared control between teachers, students, and AI and the use of AI to support dynamic transitions, and a reflection of the changes to our design and theoretical conjectures.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1822861</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>