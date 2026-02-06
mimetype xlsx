--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10366302</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3490099.3511138</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Do People Engage Cognitively with AI? Impact of AI Assistance on Incidental Learning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Gajos, Krzysztof Z.; Mamykina, Lena</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-03-22T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>27th International Conference on Intelligent User Interfaces (IUI ’22)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>794 to 806</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>When people receive advice while making difficult decisions, they often make better decisions in the moment and also increase their knowledge in the process. However, such incidental learning can only occur when people cognitively engage with the information they receive and process this information thoughtfully. How do people process the information and advice they receive from AI, and do they engage with it deeply enough to enable learning? To answer these questions, we conducted three experiments in which individuals were asked to make nutritional decisions and received simulated AI recommendations and explanations. In the first experiment, we found that when people were presented with both a recommendation and an explanation before making their choice, they made better decisions than they did when they received no such help, but they did not learn. In the second experiment, participants first made their own choice, and only then saw a recommendation and an explanation from AI; this condition also resulted in improved decisions, but no learning. However, in our third experiment, participants were presented with just an AI explanation but no recommendation and had to arrive at their own decision. This condition led to both more accurate decisions and learning gains. We hypothesize that learning gains in this condition were due to deeper engagement with explanations needed to arrive at the decisions. This work provides some of the most direct evidence to date that it may not be sufficient to provide people with AI-generated recommendations and explanations to ensure that people engage carefully with the AI-provided information. This work also presents one technique that enables incidental learning and, by implication, can help people process AI recommendations and explanations more carefully.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2107391</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>