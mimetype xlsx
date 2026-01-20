--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -132,51 +132,51 @@
     <t>93</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>0009-3920</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Dialogic reading, when children are read a storybook and engaged in relevant conversation, is a powerful strategy for fostering language development. With the development of artificial intelligence, conversational agents can engage children in elements of dialogic reading. This study examined whether a conversational agent can improve children's story comprehension and engagement, as compared to an adult reading partner. Using a 2 (dialogic reading or non‐dialogic reading) × 2 (agent or human) factorial design, a total of 117 three‐ to six‐year‐olds (50% Female, 37% White, 31% Asian, 21% multi‐ethnic) were randomly assigned into one of the four conditions. Results revealed that a conversational agent can replicate the benefits of dialogic reading with a human partner by enhancing children's narrative‐relevant vocalizations, reducing irrelevant vocalizations, and improving story comprehension.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1906321</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>Wiley-Blackwell</t>
+    <t>Oxford University Press</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>