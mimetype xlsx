--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -111,69 +111,69 @@
     <t>10366752</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/jace.18279</t>
   </si>
   <si>
     <t>Combined electromechanical dynamic fracture behavior of lead zirconate titanate (PZT)</t>
   </si>
   <si>
     <t>Mendoza, Isabella [Department of Mechanical Engineering Colorado School of Mines  Golden Colorado USA] (ORCID:0000000236642940); Drury, Daniel [Department of Metallurgical and Materials Engineering Colorado School of Mines  Golden Colorado USA]; Koumlis, Stylianos [Department of Mechanical Engineering Colorado School of Mines  Golden Colorado USA]; Ivy, Jacob [Department of Metallurgical and Materials Engineering Colorado School of Mines  Golden Colorado USA]; Brennecka, Geoff [Department of Metallurgical and Materials Engineering Colorado School of Mines  Golden Colorado USA]; Lamberson, Leslie [Department of Mechanical Engineering Colorado School of Mines  Golden Colorado USA] (ORCID:0000000213404667)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2022-01-02T05:00:00Z</t>
   </si>
   <si>
     <t>Journal of the American Ceramic Society</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>5</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 3116-3122</t>
   </si>
   <si>
     <t>0002-7820</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Coupon specimens of poled and depoled lead zirconate titanate (PZT) are examined under combined stress wave and electric loading conditions. Mode‐I crack initiation and fracture behavior is examined using ultrahigh‐speed imaging and two‐dimensional digital image correlation. The dynamic critical stress intensity factor (&lt;inline-graphic href='graphic/jace18279-math-0001.png' title='urn:x-wiley:00027820:media:jace18279:jace18279-math-0001'/&gt;) is extracted using measured displacement fields ahead of the impulsively loaded crack tip, and compared between poled and depoled plates that were either under no electric field, positive 0.46 kV/mm electric field, or negative 0.46 kV/mm electric field. Poled specimens had a poling direction and applied electric field direction normal to the crack front. The addition of an electric field resulted in a crack‐enhancing effect, where the dynamic fracture toughness of poled specimens under&lt;inline-graphic href='graphic/jace18279-math-0002.png' title='urn:x-wiley:00027820:media:jace18279:jace18279-math-0002'/&gt;0.46 kV/mm was almost half that of samples with no electric field. Depoled samples experienced almost no change in dynamic fracture toughness with the addition of an electric field.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1555015</t>
   </si>
   <si>
     <t>2022</t>
+  </si>
+  <si>
+    <t>p. 3116-3122</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>