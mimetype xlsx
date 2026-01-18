--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,85 +95,85 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10367499</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/jace.18050</t>
   </si>
   <si>
     <t>Microstructural evolution of droplet phase separation in calcium aluminosilicate glasses</t>
   </si>
   <si>
-    <t>Clark, Nicholas L. [Department of Materials Science and Engineering The Pennsylvania State University University Park PA USA]; Chuang, Shih‐Yi [Department of Materials Science and Engineering The Pennsylvania State University University Park PA USA]; Mauro, John C. [Department of Materials Science and Engineering The Pennsylvania State University University Park PA USA] (ORCID:0000000243193530)</t>
+    <t>Clark, Nicholas_L [Department of Materials Science and Engineering The Pennsylvania State University University Park PA USA]; Chuang, Shih‐Yi [Department of Materials Science and Engineering The Pennsylvania State University University Park PA USA]; Mauro, John_C [Department of Materials Science and Engineering The Pennsylvania State University University Park PA USA] (ORCID:0000000243193530)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2021-08-06T04:00:00Z</t>
   </si>
   <si>
     <t>Journal of the American Ceramic Society</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>1</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 193-206</t>
   </si>
   <si>
     <t>0002-7820</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Glasses with nanoscale phase separation have the potential to possess improved hardness and fracture toughness while maintaining their optical transparency. Here we present the results of isothermal heat treatments of phase‐separated calcium aluminosilicate glasses. Our results indicate that a transition from Lifshitz–Slozof–Wagner (LSW)‐type kinetics to a diffusion‐controlled pseudo‐coalescence mechanism occurs at ~17% droplet volume fraction, which results in the droplets becoming increasingly elongated and interconnected. The activation barrier for both mechanisms suggests that calcium diffusion is the underlying means for the coarsening of the silica‐rich domains. Simple approximations show the transition cannot be explained by Brownian motion or Van der Waals attraction between domains, and instead suggest various osmotic forces may be responsible.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1762275</t>
   </si>
   <si>
     <t>2021</t>
+  </si>
+  <si>
+    <t>p. 193-206</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>