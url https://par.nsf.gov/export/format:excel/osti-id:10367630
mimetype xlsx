--- v0 (2025-11-03)
+++ v1 (2026-01-21)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,99 +86,93 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10367630</t>
-[...8 lines deleted...]
-    <t>Ahmed, Tanvir [Department of Mechanical and Aeronautical Engineering Clarkson University Potsdam New York USA]; Wendling, Hannah E. [Department of Mechanical and Aeronautical Engineering Clarkson University Potsdam New York USA]; Mofakham, Amir A. [Department of Mechanical and Aeronautical Engineering Clarkson University Potsdam New York USA]; Ahmadi, Goodarz [Department of Mechanical and Aeronautical Engineering Clarkson University Potsdam New York USA] (ORCID:0000000152777960); Helenbrook, Brian T. [Department of Mechanical and Aeronautical Engineering Clarkson University Potsdam New York USA] (ORCID:0000000263696805); Ferro, Andrea R. [Department of Civil and Environmental Engineering Clarkson University Potsdam New York USA]; Brown, Deborah M. [Joint Educational Programs Trudeau Institute Saranac Lake New York USA]; Erath, Byron D. [Department of Mechanical and Aeronautical Engineering Clarkson University Potsdam New York USA] (ORCID:0000000300576731)</t>
+    <t>10510022</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1145/3613904.3642337</t>
+  </si>
+  <si>
+    <t>Seam Work and Simulacra of Societal Impact in Networking Research: A Critical Technical Practice Approach</t>
+  </si>
+  <si>
+    <t>Rubambiza, Gloire; Sengers, Phoebe; Weatherspoon, Hakim; Liu, Jen</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-07-23T04:00:00Z</t>
-[...17 lines deleted...]
-    <t>Not Available</t>
+    <t>2024-05-11T04:00:00Z</t>
+  </si>
+  <si>
+    <t>1 to 19</t>
+  </si>
+  <si>
+    <t>9798400703300</t>
+  </si>
+  <si>
+    <t>This paper explores how conceptions of societal impact are produced and performed during academic computer science research, by leveraging critical technical practice while building a digital agriculture networking platform. Our findings reveal how everyday practices of envisioning and building infrastructure require working across disciplinary and institutional seams, leading us as computer scientists to continuously reconceptualize the intended societal impact. By self-reflectively analyzing how we accrue resources for projects, produce research systems, write about them, and maintain alignments with stakeholders, we demonstrate that this seam work produces shifting simulacra of societal impact around which the system’s success is narrated. HCI researchers frequently suggest that technical systems’ impact could be improved by motivating computer scientists to consider impact in system-building. Our findings show that institutional and disciplinary structures significantly shape how computer scientists can enact societal impact in their work. This work suggests opportunities for structural interventions to shape the impact of computing systems.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2029548</t>
-[...8 lines deleted...]
-    <t>Hindawi Publishing Corporation</t>
+    <t>1955125</t>
+  </si>
+  <si>
+    <t>2024</t>
+  </si>
+  <si>
+    <t>Conference Paper</t>
+  </si>
+  <si>
+    <t>ACM</t>
+  </si>
+  <si>
+    <t>Honolulu HI USA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -296,90 +290,86 @@
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="H2" t="s" s="0">
+      <c r="H2" s="0"/>
+      <c r="I2" s="0"/>
+      <c r="J2" s="0"/>
+      <c r="K2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" t="s" s="0">
+      <c r="L2" s="0"/>
+      <c r="M2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="J2" t="s" s="0">
+      <c r="N2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="O2" t="s" s="0">
         <v>35</v>
       </c>
-      <c r="L2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="M2" s="0"/>
-      <c r="N2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>37</v>
-      </c>
-[...10 lines deleted...]
-        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="X2" s="0"/>
+        <v>39</v>
+      </c>
+      <c r="X2" t="s" s="0">
+        <v>40</v>
+      </c>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>