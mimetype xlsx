--- v0 (2025-10-31)
+++ v1 (2026-01-19)
@@ -92,94 +92,94 @@
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10367716</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/cdev.13677</t>
   </si>
   <si>
-    <t>Language not auditory experience is related to parent‐reported executive functioning in preschool‐aged deaf and hard‐of‐hearing children</t>
-[...2 lines deleted...]
-    <t>Goodwin, Corina [Department of Linguistics University of Connecticut  Storrs Connecticut USA, The Connecticut Institute for the Brain and Cognitive Sciences  Storrs Connecticut USA] (ORCID:0000000232361674); Carrigan, Emily [Department of Psychological Sciences University of North Carolina  Greensboro North Carolina USA]; Walker, Kristin [The Connecticut Institute for the Brain and Cognitive Sciences  Storrs Connecticut USA, Department of Psychological Sciences University of Connecticut  Storrs Connecticut USA, Department of Psychology Stony Brook University  Stony Brook New York USA] (ORCID:0000000308822159); Coppola, Marie [Department of Linguistics University of Connecticut  Storrs Connecticut USA, The Connecticut Institute for the Brain and Cognitive Sciences  Storrs Connecticut USA, Department of Psychological Sciences University of Connecticut  Storrs Connecticut USA] (ORCID:0000000283192284)</t>
+    <t>Language not auditory experience is related to parent-reported executive functioning in preschool-aged deaf and hard-of-hearing children</t>
+  </si>
+  <si>
+    <t>Goodwin, Corina (ORCID:0000000232361674); Carrigan, Emily; Walker, Kristin (ORCID:0000000308822159); Coppola, Marie (ORCID:0000000283192284)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-10-11T04:00:00Z</t>
+    <t>2022-01-17T05:00:00Z</t>
   </si>
   <si>
     <t>Child Development</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>0009-3920</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
- &lt;p&gt;Much research has found disrupted executive functioning (EF) in deaf and hard‐of‐hearing (DHH) children; while some theories emphasize the role of auditory deprivation, others posit delayed language experience as the primary cause. This study investigated the role of language and auditory experience in parent‐reported EF for 123 preschool‐aged children (&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;age&lt;/sub&gt; = 60.1 months, 53.7% female, 84.6% White). Comparisons between DHH and typically hearing children exposed to language from birth (spoken or signed) showed no significant differences in EF despite drastic differences in auditory input. Linear models demonstrated that earlier language exposure predicted better EF (&lt;italic&gt;β&lt;/italic&gt; = .061–.341), while earlier auditory exposure did not. Few participants exhibited clinically significant executive dysfunction. Results support theories positing that language, not auditory experience, scaffolds EF development.&lt;/p&gt;</t>
+ &lt;p&gt;Much research has found disrupted executive functioning (EF) in deaf and hard-of-hearing (DHH) children; while some theories emphasize the role of auditory deprivation, others posit delayed language experience as the primary cause. This study investigated the role of language and auditory experience in parent-reported EF for 123 preschool-aged children (Mage = 60.1 months, 53.7% female, 84.6% White). Comparisons between DHH and typically hearing children exposed to language from birth (spoken or signed) showed no significant differences in EF despite drastic differences in auditory input. Linear models demonstrated that earlier language exposure predicted better EF (β = .061–.341), while earlier auditory exposure did not. Few participants exhibited clinically significant executive dysfunction. Results support theories positing that language, not auditory experience, scaffolds EF development.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1553589</t>
   </si>
   <si>
-    <t>2021</t>
+    <t>2022</t>
   </si>
   <si>
     <t>p. 209-224</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>Wiley-Blackwell</t>
+    <t>Oxford University Press</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>