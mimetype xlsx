--- v0 (2025-11-02)
+++ v1 (2026-01-16)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -111,69 +111,69 @@
     <t>10367901</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/jace.18399</t>
   </si>
   <si>
     <t>Machine learning enabled closed‐form models to predict strength of alkali‐activated systems</t>
   </si>
   <si>
     <t>Han, Taihao [Department of Materials Science and Engineering Missouri University of Science and Technology  Rolla Missouri USA] (ORCID:0000000271115206); Gomaa, Eslam [Department of Civil, Architectural, and Environmental Engineering Missouri University of Science and Technology  Rolla Missouri USA]; Gheni, Ahmed [Department of Civil, Architectural, and Environmental Engineering Missouri University of Science and Technology  Rolla Missouri USA]; Huang, Jie [Department of Electrical and Computer Engineering Missouri University of Science and Technology  Rolla Missouri USA]; ElGawady, Mohamed [Department of Civil, Architectural, and Environmental Engineering Missouri University of Science and Technology  Rolla Missouri USA]; Kumar, Aditya [Department of Materials Science and Engineering Missouri University of Science and Technology  Rolla Missouri USA] (ORCID:0000000175508034)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2022-02-15T05:00:00Z</t>
   </si>
   <si>
     <t>Journal of the American Ceramic Society</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>6</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 4414-4425</t>
   </si>
   <si>
     <t>0002-7820</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Alkali‐activated mortar (AAM) is an emerging eco‐friendly construction material, which can complement ordinary Portland cement (OPC) mortars. Prediction of properties of AAMs—albeit much needed to complement experiments—is difficult, owing to substantive batch‐to‐batch variations in physicochemical properties of their precursors (i.e., aluminosilicate and activator solution). In this study, a machine learning (ML) model is employed; and it is shown that the model—once trained and optimized—can reliably predict compressive strength of AAMs solely from their initial physicochemical attributes. Prediction performance of the model improves when multiple compositional descriptors of the aluminosilicate are combined into a singular, composite chemostructural descriptor (i.e.,&lt;italic&gt;network ratio&lt;/italic&gt;and&lt;italic&gt;number of constraints&lt;/italic&gt;); thus, reducing the degrees of freedom. Through interpretation of the ML model's outcomes—specifically the variable importance for the AAMs’ compressive strength—a simple, easy‐to‐use, closed‐form analytical model is developed. Results demonstrate that the analytical model yields predictions of compressive strength of AAMs without scarifying much accuracy compared to the ML model. Overall, this study's outcomes demonstrate a roadmap—incorporates composite chemostructural descriptors in ML models—that can be employed to design AAMs to achieve targeted compressive strength.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1661609; 2034856; 1932690</t>
   </si>
   <si>
     <t>2022</t>
+  </si>
+  <si>
+    <t>p. 4414-4425</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>