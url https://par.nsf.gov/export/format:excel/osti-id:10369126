--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,91 +86,94 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10369126</t>
-[...8 lines deleted...]
-    <t>Brown, Erik (ORCID:0000000331937464); Johansen, Igor Cavallini; Bortoleto, Ana Paula; Pokhrel, Yadu (ORCID:000000021367216X); Chaudhari, Suyog (ORCID:0000000178016473); Cak, Anthony; Sulaeman, Samer; Castro-Diaz, Laura (ORCID:000000021484682X); Lopez, Maria Claudia; Mayer, Adam; Walgren, Judith; Müller, Norbert; Moran, Emilio (ORCID:000000015153545X); Nelson, ed., Karen E.</t>
+    <t>10497624</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1093/plcell/koad310</t>
+  </si>
+  <si>
+    <t>UMAMIT44 is a key player in glutamate export from Arabidopsis chloroplasts</t>
+  </si>
+  <si>
+    <t>The, Samantha_Vivia (ORCID:0009000206558825); Santiago, James_P (ORCID:0000000241868303); Pappenberger, Clara (ORCID:0009000238003357); Hammes, Ulrich_Z (ORCID:0000000236634908); Tegeder, Mechthild (ORCID:0000000300624051)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2022-06-09T04:00:00Z</t>
-[...11 lines deleted...]
-    <t>2752-6542</t>
+    <t>2023-12-13T05:00:00Z</t>
+  </si>
+  <si>
+    <t>The Plant Cell</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>1040-4651</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
- &lt;p&gt;While there have been efforts to supply off-grid energy in the Amazon, these attempts have focused on low upfront costs and deployment rates. These “get-energy-quick” methods have almost solely adopted diesel generators, ignoring the environmental and social risks associated with the known noise and pollution of combustion engines. Alternatively, it is recommended, herein, to supply off-grid needs with renewable, distributed microgrids comprised of photovoltaics (PV) and in-stream generators (ISG). Utilization of a hybrid combination of renewable generators can provide an energetically, environmentally, and financially feasible alternative to typical electrification methods, depending on available solar irradiation and riverine characteristics, that with community engagement allows for a participatory codesign process that takes into consideration people’s needs. A convergent solution development framework that includes designers—a team of social scientists, engineers, and communication specialists—and communities as well as the local industry is examined here, by which the future negative impacts at the human–machine–environment nexus can be minimized by iterative, continuous interaction between these key actors.&lt;/p&gt;</t>
+ &lt;p&gt;Selective partitioning of amino acids among organelles, cells, tissues, and organs is essential for cellular metabolism and plant growth. Nitrogen assimilation into glutamine and glutamate and de novo biosynthesis of most protein amino acids occur in chloroplasts; therefore, various transport mechanisms must exist to accommodate their directional efflux from the stroma to the cytosol and feed the amino acids into the extraplastidial metabolic and long-distance transport pathways. Yet, Arabidopsis (Arabidopsis thaliana) transporters functioning in plastidial export of amino acids remained undiscovered. Here, USUALLY MULTIPLE ACIDS MOVE IN AND OUT TRANSPORTER 44 (UMAMIT44) was identified and shown to function in glutamate export from Arabidopsis chloroplasts. UMAMIT44 controls glutamate homeostasis within and outside of chloroplasts and influences nitrogen partitioning from leaves to sinks. Glutamate imbalances in chloroplasts and leaves of umamit44 mutants impact cellular redox state, nitrogen and carbon metabolism, and amino acid (AA) and sucrose supply of growing sinks, leading to negative effects on plant growth. Nonetheless, the mutant lines adjust to some extent by upregulating alternative pathways for glutamate synthesis outside the plastids and by mitigating oxidative stress through the production of other amino acids and antioxidants. Overall, this study establishes that the role of UMAMIT44 in glutamate export from chloroplasts is vital for controlling nitrogen availability within source leaf cells and for sink nutrition, with an impact on growth and seed yield.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2020790; 1639115</t>
-[...2 lines deleted...]
-    <t>2022</t>
+    <t>1932661</t>
+  </si>
+  <si>
+    <t>2023</t>
+  </si>
+  <si>
+    <t>p. 1119-1139</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Oxford University Press</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -324,58 +327,58 @@
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>