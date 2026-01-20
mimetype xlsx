--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -95,51 +95,51 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10371324</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/gec3.12652</t>
   </si>
   <si>
     <t>Allure and the spatialities of nationalism, war and development: Towards a geography of beauty</t>
   </si>
   <si>
-    <t>Faria, Caroline_V [Department of Geography and the Environment University of Texas at Austin Austin Texas USA] (ORCID:0000000253756683); Fluri, Jennifer_L [Department of Geography University of Colorado Boulder Colorado USA] (ORCID:0000000345316036)</t>
+    <t>Faria, Caroline_V [Department of Geography and the Environment University of Texas at Austin  Austin Texas USA] (ORCID:0000000253756683); Fluri, Jennifer_L [Department of Geography University of Colorado  Boulder Colorado USA] (ORCID:0000000345316036)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2022-09-08T04:00:00Z</t>
   </si>
   <si>
     <t>Geography Compass</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>1749-8198</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;The work of beauty—in disciplining bodies, imagining nations, driving globalized commodity networks, and fostering booming tourist industries, for example, is a vibrant area of research across the Humanities and Social Sciences. However, an understanding of the complex ideologies, material objects, and practices of beauty remain undeveloped in our field. In this article we call on geographers to take beauty, and its spatialities, seriously. We center the powerful work of beauty in three connected arenas, each of long‐held interest to political geographers: nationalism, militarism, and development. For each we engage analyses of beauty from beyond our discipline. Drawing on our own research and that of a limited, but growing, body of geographers, we point to the instructive openings a feminist geographic approach to beauty, widely imagined but always grounded in power, offers.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>