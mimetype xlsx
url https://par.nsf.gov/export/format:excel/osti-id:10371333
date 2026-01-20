--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,85 +95,85 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10371333</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/syen.12569</t>
   </si>
   <si>
     <t>A genome‐wide phylogeny and the diversification of genus &lt;i&gt;Liriomyza&lt;/i&gt; (Diptera: Agromyzidae) inferred from anchored phylogenomics</t>
   </si>
   <si>
-    <t>Xuan, Jing‐Li [Department of Entomology and Plant Pathology North Carolina State University  Raleigh North Carolina USA, State Key Laboratory for Biology of Plant Diseases and Insect Pests, Institute of Plant Protection Chinese Academy of Agricultural Sciences  Beijing PR China, College of Life Sciences Huaibei Normal University  Huaibei PR China] (ORCID:0000000322772936); Scheffer, Sonja J. [Systematic Entomology Laboratory, USDA Agricultural Research Service  Beltsville Maryland USA]; Lonsdale, Owen [Agriculture and Agri‐Food Canada  Ottawa Ontario Canada]; Cassel, Brian K. [Department of Entomology and Plant Pathology North Carolina State University  Raleigh North Carolina USA]; Lewis, Matthew L. [Systematic Entomology Laboratory, USDA Agricultural Research Service  Beltsville Maryland USA]; Eiseman, Charles S. [276 Old Wendell Rd.  Northfield Massachusetts USA]; Liu, Wan‐Xue [State Key Laboratory for Biology of Plant Diseases and Insect Pests, Institute of Plant Protection Chinese Academy of Agricultural Sciences  Beijing PR China]; Wiegmann, Brian M. [Department of Entomology and Plant Pathology North Carolina State University  Raleigh North Carolina USA]</t>
+    <t>Xuan, Jing‐Li [Department of Entomology and Plant Pathology North Carolina State University  Raleigh North Carolina USA, State Key Laboratory for Biology of Plant Diseases and Insect Pests, Institute of Plant Protection Chinese Academy of Agricultural Sciences  Beijing PR China, College of Life Sciences Huaibei Normal University  Huaibei PR China] (ORCID:0000000322772936); Scheffer, Sonja_J [Systematic Entomology Laboratory, USDA Agricultural Research Service  Beltsville Maryland USA]; Lonsdale, Owen [Agriculture and Agri‐Food Canada  Ottawa Ontario Canada]; Cassel, Brian_K [Department of Entomology and Plant Pathology North Carolina State University  Raleigh North Carolina USA]; Lewis, Matthew_L [Systematic Entomology Laboratory, USDA Agricultural Research Service  Beltsville Maryland USA]; Eiseman, Charles_S [276 Old Wendell Rd.  Northfield Massachusetts USA]; Liu, Wan‐Xue [State Key Laboratory for Biology of Plant Diseases and Insect Pests, Institute of Plant Protection Chinese Academy of Agricultural Sciences  Beijing PR China]; Wiegmann, Brian_M [Department of Entomology and Plant Pathology North Carolina State University  Raleigh North Carolina USA]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2022-09-15T04:00:00Z</t>
   </si>
   <si>
     <t>Systematic Entomology</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>1</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 178-197</t>
   </si>
   <si>
     <t>0307-6970</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;The genus&lt;italic&gt;Liriomyza&lt;/italic&gt;Mik (Diptera: Agromyzidae) is a diverse and globally distributed group of acalyptrate flies. Phylogenetic relationships among&lt;italic&gt;Liriomyza&lt;/italic&gt;species have remained incompletely investigated and have never been fully addressed using molecular data. Here, we reconstruct the phylogeny of the genus&lt;italic&gt;Liriomyza&lt;/italic&gt;using various phylogenetic methods (maximum likelihood, Bayesian inference, and gene tree coalescence) on target‐capture‐based phylogenomic datasets (nucleotides and amino acids) obtained from anchored hybrid enrichment (AHE). We have recovered tree topologies that are nearly congruent across all data types and methods, and individual clade support is strong across all phylogenetic analyses. Moreover, defined morphological species groups and clades are well‐supported in our best estimates of the molecular phylogeny.&lt;italic&gt;Liriomyza violivora&lt;/italic&gt;(Spencer) is a sister group to all remaining sampled&lt;italic&gt;Liriomyza&lt;/italic&gt;species, and the well‐known polyphagous vegetable pests [&lt;italic&gt;L. huidobrensis&lt;/italic&gt;(Blanchard),&lt;italic&gt;L. langei&lt;/italic&gt;Frick,&lt;italic&gt;L. bryoniae.&lt;/italic&gt;(Kaltenbach),&lt;italic&gt;L. trifolii&lt;/italic&gt;(Burgess),&lt;italic&gt;L. sativae&lt;/italic&gt;Blanchard, and&lt;italic&gt;L. brassicae&lt;/italic&gt;(Riley)]. belong to multiple clades that are not particularly closely related on the trees. Often, closely related&lt;italic&gt;Liriomyza&lt;/italic&gt;species feed on distantly related host plants. We reject the hypothesis that cophylogenetic processes between&lt;italic&gt;Liriomyza&lt;/italic&gt;species and their host plants drive diversification in this genus. Instead,&lt;italic&gt;Liriomyza&lt;/italic&gt;exhibits a widespread pattern of major host shifts across plant taxa. Our new phylogenetic estimate for&lt;italic&gt;Liriomyza&lt;/italic&gt;species provides considerable new information on the evolution of host‐use patterns in this genus. In addition, it provides a framework for further study of the morphology, ecology, and diversification of these important flies.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2030345</t>
   </si>
   <si>
     <t>2022</t>
+  </si>
+  <si>
+    <t>p. 178-197</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>