--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,100 +86,96 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10371873</t>
-[...8 lines deleted...]
-    <t>Li, Fuyuan [Department of Statistics George Washington University Washington DC U.S.A.]; Tang, Yanlin [Key Laboratory of Advanced Theory and Application in Statistics and Data Science–MOE, School of Statistics East China Normal University Shanghai China]; Wang, Huixia Judy [Department of Statistics George Washington University Washington DC U.S.A.] (ORCID:0000000251958564)</t>
+    <t>10621272</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1103/PhysRevD.111.086015</t>
+  </si>
+  <si>
+    <t>Candidate de Sitter vacua</t>
+  </si>
+  <si>
+    <t>McAllister, Liam; Moritz, Jakob; Nally, Richard; Schachner, Andreas</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2019-06-18T04:00:00Z</t>
-[...18 lines deleted...]
- &lt;p&gt;The analysis of time series data with detection limits is challenging due to the high‐dimensional integral involved in the likelihood. Existing methods are either computationally demanding or rely on restrictive parametric distributional assumptions. We propose a semiparametric approach, where the temporal dependence is captured by parametric copula, while the marginal distribution is estimated non‐parametrically. Utilizing the properties of copulas, we develop a new copula‐based sequential sampling algorithm, which provides a convenient way to calculate the censored likelihood. Even without full parametric distributional assumptions, the proposed method still allows us to efficiently compute the conditional quantiles of the censored response at a future time point, and thus construct both point and interval predictions. We establish the asymptotic properties of the proposed pseudo maximum likelihood estimator, and demonstrate through simulation and the analysis of a water quality data that the proposed method is more flexible and leads to more accurate predictions than Gaussian‐based methods for non‐normal data.&lt;italic&gt;The Canadian Journal of Statistics&lt;/italic&gt;47: 438–454; 2019 © 2019 Statistical Society of Canada&lt;/p&gt;</t>
+    <t>2025-04-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Physical Review D</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>2470-0010</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;We construct compactifications of type IIB string theory that yield, at leading order in the&lt;math display='inline'&gt;&lt;msup&gt;&lt;mi&gt;α&lt;/mi&gt;&lt;mo&gt;′&lt;/mo&gt;&lt;/msup&gt;&lt;/math&gt;and&lt;math display='inline'&gt;&lt;msub&gt;&lt;mi&gt;g&lt;/mi&gt;&lt;mi&gt;s&lt;/mi&gt;&lt;/msub&gt;&lt;/math&gt;expansions, de Sitter vacua of the form envisioned by Kachru We specify explicit Calabi-Yau orientifolds and quantized fluxes for which we derive the four-dimensional effective supergravity theories, incorporating the exact flux superpotential, the nonperturbative superpotential from Euclidean D3-branes, and the Kähler potential at tree level in the string loop expansion but to all orders in&lt;math display='inline'&gt;&lt;msup&gt;&lt;mi&gt;α&lt;/mi&gt;&lt;mo&gt;′&lt;/mo&gt;&lt;/msup&gt;&lt;/math&gt;. Each example includes a Klebanov-Strassler throat region containing a single anti-D3-brane, whose supersymmetry-breaking energy, computed at leading order in&lt;math display='inline'&gt;&lt;msup&gt;&lt;mi&gt;α&lt;/mi&gt;&lt;mo&gt;′&lt;/mo&gt;&lt;/msup&gt;&lt;/math&gt;, causes an uplift to a metastable de Sitter vacuum in which all moduli are stabilized. Finding vacua that demonstrably survive subleading corrections, and in which the quantization conditions are completely understood, is an important open problem for which this work has prepared the foundations.&lt;/p&gt; &lt;sec&gt;&lt;supplementary-material&gt;&lt;permissions&gt;&lt;copyright-statement&gt;Published by the American Physical Society&lt;/copyright-statement&gt;&lt;copyright-year&gt;2025&lt;/copyright-year&gt;&lt;/permissions&gt;&lt;/supplementary-material&gt;&lt;/sec&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1712760</t>
-[...2 lines deleted...]
-    <t>2019</t>
+    <t>2309456</t>
+  </si>
+  <si>
+    <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>Wiley Blackwell (John Wiley &amp; Sons)</t>
+    <t>Physical Review D 111</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -306,81 +302,79 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
-      <c r="P2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
+        <v>40</v>
+      </c>
+      <c r="W2" t="s" s="0">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>