--- v0 (2025-11-01)
+++ v1 (2026-01-21)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,85 +95,85 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10371902</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/syen.12504</t>
   </si>
   <si>
     <t>Mitochondrial genomes within bark lice (Insecta: Psocodea: Psocomorpha) reveal novel gene rearrangements containing phylogenetic signal</t>
   </si>
   <si>
-    <t>Saenz Manchola, Oscar Fernando [Instituto de Biología Universidad Nacional Autónoma de México  Mexico City Mexico] (ORCID:0000000272086240); Virrueta Herrera, Stephany [Illinois Natural History Survey, Prairie Research Institute University of Illinois  Champaign IL U.S.A., Program in Ecology, Evolution, and Conservation Biology University of Illinois at Urbana‐Champaign  Champaign IL U.S.A.]; D'Alessio, Lorenzo Mario [Illinois Natural History Survey, Prairie Research Institute University of Illinois  Champaign IL U.S.A., Program in Ecology, Evolution, and Conservation Biology University of Illinois at Urbana‐Champaign  Champaign IL U.S.A.]; Yoshizawa, Kazunori [Systematic Entomology, School of Agriculture Hokkaido University  Sapporo Japan]; García Aldrete, Alfonso Neri [Instituto de Biología Universidad Nacional Autónoma de México  Mexico City Mexico]; Johnson, Kevin P. [Illinois Natural History Survey, Prairie Research Institute University of Illinois  Champaign IL U.S.A.]</t>
+    <t>Saenz_Manchola, Oscar_Fernando [Instituto de Biología Universidad Nacional Autónoma de México  Mexico City Mexico] (ORCID:0000000272086240); Virrueta_Herrera, Stephany [Illinois Natural History Survey, Prairie Research Institute University of Illinois  Champaign IL U.S.A., Program in Ecology, Evolution, and Conservation Biology University of Illinois at Urbana‐Champaign  Champaign IL U.S.A.]; D'Alessio, Lorenzo_Mario [Illinois Natural History Survey, Prairie Research Institute University of Illinois  Champaign IL U.S.A., Program in Ecology, Evolution, and Conservation Biology University of Illinois at Urbana‐Champaign  Champaign IL U.S.A.]; Yoshizawa, Kazunori [Systematic Entomology, School of Agriculture Hokkaido University  Sapporo Japan]; García_Aldrete, Alfonso_Neri [Instituto de Biología Universidad Nacional Autónoma de México  Mexico City Mexico]; Johnson, Kevin_P [Illinois Natural History Survey, Prairie Research Institute University of Illinois  Champaign IL U.S.A.]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2021-07-01T04:00:00Z</t>
   </si>
   <si>
     <t>Systematic Entomology</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>4</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 938-951</t>
   </si>
   <si>
     <t>0307-6970</t>
   </si>
   <si>
     <t>&lt;title&gt;ABSTRACT&lt;/title&gt;
  &lt;p&gt;Psocodea (booklice and parasitic lice) is an order of insects containing species with extensive mitochondrial genome rearrangements, particularly within the suborder Troctomorpha, in which some species possess an extremely fragmented mitochondrial genome with several small minichromosomes. In the remaining suborders of Psocodea, there are groups with the ancestral pancrustacean arrangement, quite extensive rearrangements (e.g. Trogiomorpha), or in which the small number of species analysed to date have rearrangements of only a few protein‐coding genes and/or tRNAs (e.g. Psocomorpha). Despite the apparent high rate of rearrangements in the order as a whole, a small number of complete mitochondrial genomes are available, especially for suborder Psocomorpha, the largest free‐living suborder. To understand the evolution of the gene arrangement of the mitochondrial genome within Psocomorpha and its phylogenetic implications, we assembled and analysed the mitochondrial genomes of 33 species of bark lice belonging to nine families in two infraorders. Within the infraorder Homilopsocidea, four families were analysed, mainly from Lachesillidae (which included 22 species of this family). Within the infraorder Caeciliusetae, seven species representing five families were analysed. Mitochondrial gene rearrangements were identified in seven of the nine families. Some of these rearrangements were unique to a single species, while some contained phylogenetic signal, being shared by related species. These rearrangements typically corresponded to transpositions and inversions of tRNAs, possibly caused by tandem duplication–random loss (TDRL) and/or recombination events. Phylogenetic analyses of mitochondrial gene sequences provided phylogenetic resolution for several branches of the tree, including monophyly of Lachesillinae. The genus&lt;italic&gt;Hemicaecilius&lt;/italic&gt;Enderlein was found to be embedded within the genus&lt;italic&gt;Lachesilla&lt;/italic&gt;Westwood, rending the latter paraphyletic. Monophyly was also never recovered for Lachesillidae and Elipsocidae as currently defined. However, instability was observed for some higher level relationships within Psocomorpha, including the relationships among the major clades of Lachesillidae.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1855812</t>
   </si>
   <si>
     <t>2021</t>
+  </si>
+  <si>
+    <t>p. 938-951</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>