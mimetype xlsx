--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -86,91 +86,90 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10372759</t>
-[...8 lines deleted...]
-    <t>Kendrick, Rennie (ORCID:0000000224106796); Chotewutmontri, Prakitchai (ORCID:0000000286722973); Belcher, Susan (ORCID:0000000165414261); Barkan, Alice (ORCID:0000000330492838)</t>
+    <t>10503312</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1002/mats.202400004</t>
+  </si>
+  <si>
+    <t>A Study on How Conformation Entropy of Attached Macromolecules Drives Polymeric Collapse and Protein Folding</t>
+  </si>
+  <si>
+    <t>Popa, Ionel</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2022-09-08T04:00:00Z</t>
-[...9 lines deleted...]
- &lt;p&gt;Signals emanating from chloroplasts influence nuclear gene expression, but roles of retrograde signals during chloroplast development are unclear. To address this gap, we analyzed transcriptomes of non-photosynthetic maize mutants and compared them to transcriptomes of stages of normal leaf development. The transcriptomes of two albino mutants lacking plastid ribosomes resembled transcriptomes at very early stages of normal leaf development, whereas the transcriptomes of two chlorotic mutants with thylakoid targeting or plastid transcription defects resembled those at a slightly later stage. We identified ∼2,700 differentially expressed genes, which fall into six major categories based on the polarity and mutant-specificity of the change. Downregulated genes were generally expressed late in normal development and were enriched in photosynthesis genes, whereas upregulated genes act early and were enriched for functions in chloroplast biogenesis and cytosolic translation. We showed further that target-of-rapamycin (TOR) signaling was elevated in mutants lacking plastid ribosomes and declined in concert with plastid ribosome buildup during normal leaf development. Our results implicate three plastid signals as coordinators of photosynthetic differentiation. One signal requires plastid ribosomes and activates photosynthesis genes. A second signal reflects attainment of chloroplast maturity and represses chloroplast biogenesis genes. A third signal, the consumption of nutrients by developing chloroplasts, represses TOR, promoting termination of cell proliferation during leaf development.&lt;/p&gt;</t>
+    <t>2024-03-20T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Macromolecular Theory and Simulations</t>
+  </si>
+  <si>
+    <t>1022-1344</t>
+  </si>
+  <si>
+    <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;The conformation of macromolecules attached to a surface is influenced by both their excluded volume and steric forces. Here, self‐avoiding random walk simulations are used to evaluate the occurrence of various conformations as a function of the number of monomeric units to estimate the effect of conformational entropy of a tethered chain. Then, a more realistic scenario is assessed, which can more accurately reproduce the shape of a tethered macromolecule. The simulations presented here confirm that it is more likely for a polymer to undergo a collapse conformation rather than a stretched one, as a collapse conformation can be realized in more different ways. Also, they confirm the “mushroom” shape of polymers close to a surface. From this simple approach, the conformation entropy of a model 100‐unit polymer close to a surface is estimated to contribute with over 129 toward its collapse. This conformation entropy is higher than that of typical hydrogen bonds and even barriers that keep proteins folded. As such, entropic collapse of macromolecules plays an important role in realizing the mushroom shape of attached polymers and can be the driving force in protein folding, while the polypeptide chain emerges from the ribosome.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2034758; 1339130</t>
-[...2 lines deleted...]
-    <t>2022</t>
+    <t>1846143</t>
+  </si>
+  <si>
+    <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>Oxford University Press</t>
+    <t>Wiley</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>