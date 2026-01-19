--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,85 +95,85 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10372917</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/jace.16964</t>
   </si>
   <si>
     <t>Carbon vacancy ordering in zirconium carbide powder</t>
   </si>
   <si>
-    <t>Zhou, Yue [Department of Materials Science and Engineering Missouri University of Science and Technology Rolla MO USA] (ORCID:000000016901947X); Heitmann, Thomas W. [The Missouri Research Reactor University of Missouri Columbia MO USA]; Bohannan, Eric [Department of Materials Science and Engineering Missouri University of Science and Technology Rolla MO USA]; Schaeperkoetter, Joseph C. [Department of Physic and Astronomy University of Missouri Columbia MO USA]; Fahrenholtz, William G. [Department of Materials Science and Engineering Missouri University of Science and Technology Rolla MO USA] (ORCID:0000000284970092); Hilmas, Gregory E. [Department of Materials Science and Engineering Missouri University of Science and Technology Rolla MO USA]</t>
+    <t>Zhou, Yue [Department of Materials Science and Engineering Missouri University of Science and Technology Rolla MO USA] (ORCID:000000016901947X); Heitmann, Thomas_W [The Missouri Research Reactor University of Missouri Columbia MO USA]; Bohannan, Eric [Department of Materials Science and Engineering Missouri University of Science and Technology Rolla MO USA]; Schaeperkoetter, Joseph_C [Department of Physic and Astronomy University of Missouri Columbia MO USA]; Fahrenholtz, William_G [Department of Materials Science and Engineering Missouri University of Science and Technology Rolla MO USA] (ORCID:0000000284970092); Hilmas, Gregory_E [Department of Materials Science and Engineering Missouri University of Science and Technology Rolla MO USA]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2019-12-30T05:00:00Z</t>
   </si>
   <si>
     <t>Journal of the American Ceramic Society</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>4</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 2891-2898</t>
   </si>
   <si>
     <t>0002-7820</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Ordered carbon vacancies were detected in zirconium carbide (ZrC&lt;italic&gt;&lt;sub&gt;x&lt;/sub&gt;&lt;/italic&gt;) powders that were synthesized by direct reaction. Zirconium hydride (ZrH&lt;sub&gt;2&lt;/sub&gt;) and carbon black were used as starting powders with the molar ratio of ZrH&lt;sub&gt;2&lt;/sub&gt;:C = 1:0.6. Powders were reacted at 1300°C or 2000°C. The major phase detected by x‐ray diffraction (XRD) was ZrC&lt;italic&gt;&lt;sub&gt;x&lt;/sub&gt;&lt;/italic&gt;. No excess carbon was observed by transmission electron microscopy (TEM) in powders synthesized at either temperature. Ordering of the carbon vacancies was identified by neutron powder diffraction (NPD) and further supported by selected area electron diffraction (SAED). The vacancies in carbon‐deficient ZrC&lt;italic&gt;&lt;sub&gt;x&lt;/sub&gt;&lt;/italic&gt;exhibited diamond cubic symmetry with a supercell that consisted of eight (2 × 2 × 2) ZrC&lt;italic&gt;&lt;sub&gt;x&lt;/sub&gt;&lt;/italic&gt;unit cells with the rock‐salt structure. Rietveld refinement of the neutron diffraction patterns revealed that the synthesis temperature did not have a significant effect on the degree of vacancy ordering in ZrC&lt;italic&gt;&lt;sub&gt;x&lt;/sub&gt;&lt;/italic&gt;powders. Direct synthesis of ZrC&lt;sub&gt;0.6&lt;/sub&gt;resulted in the partial ordering of carbon vacancies without the need for extended isothermal annealing as reported in previous experimental studies.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1742086</t>
   </si>
   <si>
     <t>2019</t>
+  </si>
+  <si>
+    <t>p. 2891-2898</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>