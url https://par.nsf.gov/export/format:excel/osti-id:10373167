--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,85 +95,85 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10373167</t>
   </si>
   <si>
     <t>https://doi.org/10.1038/s41561-022-01019-9</t>
   </si>
   <si>
     <t>Rapid retreat of Thwaites Glacier in the pre-satellite era</t>
   </si>
   <si>
-    <t>Graham, Alastair G. C. (ORCID:0000000228802908); Wåhlin, Anna (ORCID:0000000317996476); Hogan, Kelly A. (ORCID:0000000212568010); Nitsche, Frank O. (ORCID:000000024137547X); Heywood, Karen J. (ORCID:0000000198590026); Totten, Rebecca L.; Smith, James A. (ORCID:0000000213332544); Hillenbrand, Claus-Dieter (ORCID:0000000302407317); Simkins, Lauren M.; Anderson, John B.; Wellner, Julia S. (ORCID:0000000268078635); Larter, Robert D. (ORCID:0000000284147389)</t>
+    <t>Graham, Alastair_G_C (ORCID:0000000228802908); Wåhlin, Anna (ORCID:0000000317996476); Hogan, Kelly_A (ORCID:0000000212568010); Nitsche, Frank_O (ORCID:000000024137547X); Heywood, Karen_J (ORCID:0000000198590026); Totten, Rebecca_L; Smith, James_A (ORCID:0000000213332544); Hillenbrand, Claus-Dieter (ORCID:0000000302407317); Simkins, Lauren_M; Anderson, John_B; Wellner, Julia_S (ORCID:0000000268078635); Larter, Robert_D (ORCID:0000000284147389)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2022-09-05T04:00:00Z</t>
   </si>
   <si>
     <t>Nature Geoscience</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>9</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 706-713</t>
   </si>
   <si>
     <t>1752-0894</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Understanding the recent history of Thwaites Glacier, and the processes controlling its ongoing retreat, is key to projecting Antarctic contributions to future sea-level rise. Of particular concern is how the glacier grounding zone might evolve over coming decades where it is stabilized by sea-floor bathymetric highs. Here we use geophysical data from an autonomous underwater vehicle deployed at the Thwaites Glacier ice front, to document the ocean-floor imprint of past retreat from a sea-bed promontory. We show patterns of back-stepping sedimentary ridges formed daily by a mechanism of tidal lifting and settling at the grounding line at a time when Thwaites Glacier was more advanced than it is today. Over a duration of 5.5 months, Thwaites grounding zone retreated at a rate of &gt;2.1 km per year—twice the rate observed by satellite at the fastest retreating part of the grounding zone between 2011 and 2019. Our results suggest that sustained pulses of rapid retreat have occurred at Thwaites Glacier in the past two centuries. Similar rapid retreat pulses are likely to occur in the near future when the grounding zone migrates back off stabilizing high points on the sea floor.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1929991; 1738942</t>
   </si>
   <si>
     <t>2022</t>
+  </si>
+  <si>
+    <t>p. 706-713</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Nature Publishing Group</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>