--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -95,51 +95,51 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10373421</t>
   </si>
   <si>
     <t>https://doi.org/10.1177/00027642221083539</t>
   </si>
   <si>
     <t>Migration and Racialization Part II: The Light and Shadow of Inclusion</t>
   </si>
   <si>
-    <t>Liao, Wenjie [Department of Sociology and Anthropology, Rochester Institute of Technology, Rochester, NY, USA]; Ebert, Kim [Department of Sociology and Anthropology, North Carolina State University, Raleigh, NC, USA]; Sun-Hee_Park, Lisa [Department of Asian American Studies, University of California, Santa Barbara, CA, USA]</t>
+    <t>Liao, Wenjie; Ebert, Kim; Sun-Hee_Park, Lisa</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2022-05-08T04:00:00Z</t>
   </si>
   <si>
     <t>American Behavioral Scientist</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>0002-7642</t>
   </si>
   <si>
     <t>Not Available</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>