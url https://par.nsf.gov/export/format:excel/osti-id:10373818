--- v0 (2025-11-01)
+++ v1 (2026-01-21)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,84 +95,90 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10373818</t>
   </si>
   <si>
     <t>https://doi.org/10.14379/iodp.proc.353.203.2022</t>
   </si>
   <si>
     <t>Data report: Site U1448 Pleistocene benthic foraminiferal stable isotopes, Andaman Sea, IODP Expedition 353</t>
   </si>
   <si>
-    <t>Clemens, S.C.</t>
+    <t>Clemens, SC</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2022-10-14T04:00:00Z</t>
   </si>
   <si>
-    <t>Proceedings of the International Ocean Discovery Program</t>
+    <t>Proceedings of the International Ocean Discovery Program Expedition reports</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>2377-3189</t>
   </si>
   <si>
+    <t>978-1-954252-46-2</t>
+  </si>
+  <si>
     <t>This data report presents the benthic foraminiferal oxygen and carbon isotope records for International Ocean Discovery Program Site U1448 in the Andaman Sea. The record includes 1764 analyses spanning from the core top to 203.19 m core composite depth below the seafloor, Method D. This depth interval spans the past 2.755 My with an average temporal resolution of ~1.9 ky (14 cm sample interval).</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1326927</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>Book Chapter</t>
+  </si>
+  <si>
+    <t>International Ocean Discovery Program</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -303,73 +309,77 @@
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
         <v>35</v>
       </c>
-      <c r="M2" s="0"/>
+      <c r="M2" t="s" s="0">
+        <v>36</v>
+      </c>
       <c r="N2" t="s" s="0">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="W2" s="0"/>
+        <v>41</v>
+      </c>
+      <c r="W2" t="s" s="0">
+        <v>42</v>
+      </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>