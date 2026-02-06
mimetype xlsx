--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10374342</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1126/sciadv.abf7435</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Accelerated discovery of 3D printing materials using data-driven multiobjective optimization</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Erps, Timothy; Foshey, Michael; Luković, Mina Konaković; Shou, Wan; Goetzke, Hanns Hagen; Dietsch, Herve; Stoll, Klaus; von Vacano, Bernhard; Matusik, Wojciech</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-10-15T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Science Advances</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2375-2548</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Additive manufacturing has become one of the forefront technologies in fabrication, enabling products impossible to manufacture before. Although many materials exist for additive manufacturing, most suffer from performance trade-offs. Current materials are designed with inefficient human-driven intuition-based methods, leaving them short of optimal solutions. We propose a machine learning approach to accelerating the discovery of additive manufacturing materials with optimal trade-offs in mechanical performance. A multiobjective optimization algorithm automatically guides the experimental design by proposing how to mix primary formulations to create better performing materials. The algorithm is coupled with a semiautonomous fabrication platform to substantially reduce the number of performed experiments and overall time to solution. Without prior knowledge of the primary formulations, the proposed methodology autonomously uncovers 12 optimal formulations and enlarges the discovered performance space 288 times after only 30 experimental iterations. This methodology could be easily generalized to other material design systems and enable automated discovery.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1955697</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>