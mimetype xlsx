--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,85 +95,85 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10374395</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/jace.16668</t>
   </si>
   <si>
     <t>Structure and enhanced antimicrobial activity of mechanically activated nano TiO &lt;sub&gt;2&lt;/sub&gt;</t>
   </si>
   <si>
-    <t>Pavlović, Vera P. [University of Belgrade, Faculty of Mechanical Engineering Belgrade Serbia]; Vujančević, Jelena D. [Institute of Technical Sciences of SASA Belgrade Serbia]; Mašković, Pavle [University of Kragujevac, Faculty of Agronomy Čačak Serbia]; Ćirković, Jovana [University of Belgrade, Institute for Multidisciplinary Research Belgrade Serbia]; Papan, Jelena M. [University of Belgrade, Vinča Institute of Nuclear Sciences Vinča Belgrade Serbia]; Kosanović, Darko [Institute of Technical Sciences of SASA Belgrade Serbia]; Dramićanin, Miroslav D. [University of Belgrade, Vinča Institute of Nuclear Sciences Vinča Belgrade Serbia]; Petrović, Predrag B. [University of Kragujevac, Faculty of Technical Sciences Čačak Čačak Serbia]; Vlahović, Branislav [North Carolina Central University Durham NC USA, NASA University Research Center for Aerospace Device Research and Education and NSF Center of Research Excellence in Science and Technology Computational Center for Fundamental and Applied Science and Education Durham NC USA]; Pavlović, Vladimir B. [Institute of Technical Sciences of SASA Belgrade Serbia] (ORCID:0000000211380331)</t>
+    <t>Pavlović, Vera_P [University of Belgrade, Faculty of Mechanical Engineering Belgrade Serbia]; Vujančević, Jelena_D [Institute of Technical Sciences of SASA Belgrade Serbia]; Mašković, Pavle [University of Kragujevac, Faculty of Agronomy Čačak Serbia]; Ćirković, Jovana [University of Belgrade, Institute for Multidisciplinary Research Belgrade Serbia]; Papan, Jelena_M [University of Belgrade, Vinča Institute of Nuclear Sciences Vinča Belgrade Serbia]; Kosanović, Darko [Institute of Technical Sciences of SASA Belgrade Serbia]; Dramićanin, Miroslav_D [University of Belgrade, Vinča Institute of Nuclear Sciences Vinča Belgrade Serbia]; Petrović, Predrag_B [University of Kragujevac, Faculty of Technical Sciences Čačak Čačak Serbia]; Vlahović, Branislav [North Carolina Central University Durham NC USA, NASA University Research Center for Aerospace Device Research and Education and NSF Center of Research Excellence in Science and Technology Computational Center for Fundamental and Applied Science and Education Durham NC USA]; Pavlović, Vladimir_B [Institute of Technical Sciences of SASA Belgrade Serbia] (ORCID:0000000211380331)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2019-07-08T04:00:00Z</t>
   </si>
   <si>
     <t>Journal of the American Ceramic Society</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>12</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 7735-7745</t>
   </si>
   <si>
     <t>0002-7820</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Titanium dioxide is a photocatalyst, known not only for its ability to oxidize organic contaminants, but also for its antimicrobial properties. In this article, significant enhancement of the antimicrobial activity of TiO&lt;sub&gt;2&lt;/sub&gt;(up to 32 times) was demonstrated after its activation by ball milling. The antimicrobial activity was analyzed for one fungal and 13 bacterial ATCC strains using the microdilution method and recording the minimum inhibitory concentration (MIC) values. In order to further investigate the correlation between the mechanical activation of TiO&lt;sub&gt;2&lt;/sub&gt;and its antimicrobial activity, the structure, morphology and phase composition of the material were studied by means of Electron Microscopy, X‐ray diffraction and nitrogen adsorption‐desorption measurements. UV‐Vis diffuse reflectance spectra were recorded and the Kubelka‐Munk function was applied to convert reflectance into the equivalent band gap energy (&lt;italic&gt;E&lt;/italic&gt;&lt;sub&gt;g&lt;/sub&gt;) and, consequently, to investigate changes in the&lt;italic&gt;E&lt;/italic&gt;&lt;sub&gt;g&lt;/sub&gt;value. X‐ray photoelectron spectroscopy was used to analyze the influence of mechanical activation on the Ti 2p and O 1s spectra. The presented results are expected to enable the development of more sustainable and effective advanced TiO&lt;sub&gt;2&lt;/sub&gt;‐based materials with antimicrobial properties that could be used in numerous green technology applications.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1829245</t>
   </si>
   <si>
     <t>2019</t>
+  </si>
+  <si>
+    <t>p. 7735-7745</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>