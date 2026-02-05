--- v0 (2025-11-03)
+++ v1 (2026-02-05)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10375769</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3484495</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>In the Black Mirror: Youth Investigations Into Artificial Intelligence: In the Black MirrorYouth Investigations Into Artificial Intelligence</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Lee, Clifford H.; Gobir, Nimah; Gurn, Alex; Soep, Elisabeth</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-04-18T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM Transactions on Computing Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1946-6226</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Over the past two decades, innovations powered by artificial intelligence (AI) have extended into nearly all facets of human experience. Our ethnographic research suggests that while young people sense they can't “trust” AI, many are not sure how it works or how much control they have over its growing role in their lives. In this study, we attempt to answer the following questions: 1) What can we learn about young people's understandings of AI when they produce media with and about it? 2) What are the design features of an ethics-centered pedagogy that promotes STEM engagement via AI? To answer these questions, we co-developed and documented three projects at YR Media, a national network of youth journalists and artists who create multimedia for public distribution. Participants are predominantly youth of color and those contending with economic and other barriers to full participation in STEM fields. Findings showed that by creating a learning ecology that centered the cultures and experiences of its learners while leveraging familiar tools for critical analysis, youth deepened their understanding of AI. Our study also showed that providing opportunities for youth to produce ethics-centered Interactive stories interrogating invisibilized AI functionalities, and to release those stories to the public, empowered them to creatively express their understandings and apprehensions about AI.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1906895</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>