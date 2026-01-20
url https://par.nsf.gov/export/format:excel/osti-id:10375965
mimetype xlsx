--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -95,51 +95,51 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10375965</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/spc3.12710</t>
   </si>
   <si>
     <t>Shared understanding and social connection: Integrating approaches from social psychology, social network analysis, and neuroscience</t>
   </si>
   <si>
-    <t>Baek, Elisa C. [Department of Psychology University of California  Los Angeles California USA] (ORCID:0000000328341766); Parkinson, Carolyn [Department of Psychology University of California  Los Angeles California USA, Brain Research Institute University of California  Los Angeles California USA] (ORCID:0000000171283480)</t>
+    <t>Baek, Elisa_C [Department of Psychology University of California  Los Angeles California USA] (ORCID:0000000328341766); Parkinson, Carolyn [Department of Psychology University of California  Los Angeles California USA, Brain Research Institute University of California  Los Angeles California USA] (ORCID:0000000171283480)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2022-10-17T04:00:00Z</t>
   </si>
   <si>
     <t>Social and Personality Psychology Compass</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>1751-9004</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Meaningfully connecting with others is critical to the well‐being of individuals. What phenomena contribute to and stem from social connection? In this paper, we integrate emerging work that uses neuroimaging and social network analysis with theories that explore the links between shared reality and social connection. We highlight recent work suggesting that the extent to which people have aligned mental processing and shared subjective construals to those around them—as shown by neural similarity—is associated with both objective and subjective social connection. On the other hand, idiosyncrasies are linked to difficulties with social connection. We conclude by suggesting how the links between shared understanding and social connection can be productively used as a framework to study psychosocial phenomena of interest.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>