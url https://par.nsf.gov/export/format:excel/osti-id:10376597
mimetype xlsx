--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10376597</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/ac3094</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Testing the Momentum-driven Supernova Feedback Paradigm in M31</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Sarbadhicary, Sumit K.; Martizzi, Davide; Ramirez-Ruiz, Enrico; Koch, Eric; Auchettl, Katie; Badenes, Carles; Chomiuk, Laura</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-03-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>928</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract                          Momentum feedback from isolated supernova remnants (SNRs) have been increasingly recognized by modern cosmological simulations as a resolution-independent means to implement the effects of feedback in galaxies, such as turbulence and winds. However, the integrated momentum yield from SNRs is uncertain due to the effects of SN clustering and interstellar medium (ISM) inhomogeneities. In this paper, we use spatially resolved observations of the prominent 10 kpc star-forming ring of M31 to test models of mass-weighted ISM turbulence driven by momentum feedback from isolated, nonoverlapping SNRs. We use a detailed stellar age distribution (SAD) map from the Panchromatic Hubble Andromeda Treasury survey, observationally constrained SN delay-time distributions, and maps of the atomic and molecular hydrogen to estimate the mass-weighted velocity dispersion using the Martizzi et al. ISM turbulence model. Our estimates are within a factor of two of the observed mass-weighted velocity dispersion in most of the ring, but exceed observations at densities ≲0.2 cm              −3              and SN rates &gt;2.1 × 10              −4              SN yr              −1              kpc              −2              , even after accounting for plausible variations in SAD models and ISM scale height assumptions. We conclude that at high SN rates the momentum deposited is most likely suppressed by the nonlinear effects of SN clustering, while at low densities, SNRs reach pressure equilibrium before the cooling phase. These corrections should be introduced in models of momentum-driven feedback and ISM turbulence.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1907790</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>