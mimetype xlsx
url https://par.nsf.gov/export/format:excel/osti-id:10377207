--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10377207</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3389/frwa.2022.912776</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>An innovative active learning module on snow and climate modeling</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Roundy, Joshua K.; Gallagher, Melissa A.; Byrd, Jenny L.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-07-19T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Frontiers in Water</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2624-9375</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The interaction between climate and the hydrologic cycle is complex due to intricate feedback mechanisms that can have multiple impacts on key hydrologic variables. Under a changing climate, it is becoming increasingly important for undergraduate engineering students to have a better understanding of climate and the hydrologic cycle to ensure future engineering systems are more climate resilient. One way of teaching undergraduate students about these key interactions between climate and the hydrologic cycle is through numerical models that mimic these relationships. However, this is difficult to do in an undergraduate engineering course because these models are complex, and it is not feasible to devote class time and resources to teaching students the knowledge base required to run and analyze these numerical models. In addition, the recent COVID-19 pandemic required a rapid change to flexible teaching methods that can be implemented in online, hybrid, or in-person courses. To overcome these limitations, a backward design and constructive alignment approach was used to develop an active learning module in the HydroLearn framework that allows students to explore the connection between snow processes and streamflow and how this will change under different climate scenarios using numerical models and analysis. This learning module provides learning activities and tools that help the student develop a basic knowledge of snow formation and terminology, snow measurements, numerical models of snow processes, and changes in snow and streamflow under future climate. This module is particularly innovative in that it uses Google Colabs and an interactive user interface to facilitate the students' active learning in an environment that is accessible for all students and is sustainable for continued use and adaptation. This paper describes the approach, best practices and lessons learned in developing and implementing this active learning module in a remote and in-person course. In addition, it presents the results from motivation and student self-assessment surveys and discusses opportunities for improvement and further implementation that have implications for the future of hydrologic education.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1726965; 1726667</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>