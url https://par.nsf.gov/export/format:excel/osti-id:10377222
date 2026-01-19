--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,85 +95,85 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10377222</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/jace.17170</t>
   </si>
   <si>
     <t>Crack initiation, propagation, and arrest in sintering powder aggregates</t>
   </si>
   <si>
-    <t>Carazzone, Joseph R. [Department of Materials Science and NanoEngineering Rice University Houston TX USA] (ORCID:0000000323872349); Martin, Christophe L. [Université Grenoble Alpes CNRS Grenoble INP SIMaP Grenoble France] (ORCID:000000029718826X); Cordero, Zachary C. [Department of Materials Science and NanoEngineering Rice University Houston TX USA] (ORCID:0000000225783836)</t>
+    <t>Carazzone, Joseph_R [Department of Materials Science and NanoEngineering Rice University Houston TX USA] (ORCID:0000000323872349); Martin, Christophe_L [Université Grenoble Alpes CNRS Grenoble INP SIMaP Grenoble France] (ORCID:000000029718826X); Cordero, Zachary_C [Department of Materials Science and NanoEngineering Rice University Houston TX USA] (ORCID:0000000225783836)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2020-06-07T04:00:00Z</t>
   </si>
   <si>
     <t>Journal of the American Ceramic Society</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>9</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 4754-4773</t>
   </si>
   <si>
     <t>0002-7820</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Cracking during sintering is a common problem in powder processing and is usually caused by constraint that prevents the sintering material from shrinking in one or more directions. Different factors influence sintering‐induced cracking, including temperature schedule, packing density, and specimen geometry. Here we use the discrete element method to directly observe the stress distribution and sinter‐cracking behavior in edge notched panels sintered under a uniaxial restraint. This geometry allows an easy comparison with traditional fracture mechanics parameters, facilitating analysis of sinter‐cracking behavior. We find that cracking caused by self‐stress during sintering resembles the growth of creep cracks in fully dense materials. By deriving the constrained densification rate from the appropriate constitutive equations, we discover that linear shrinkage transverse to the loading axis is accelerated by a contribution from the effective Poisson's ratio of a sintering solid. Simulation of different notch geometries and initial relative densities reveals conditions that favor densification and minimize crack growth, alluding to design methods for avoiding cracking in actual sintering processes. We combine the far‐field stress and crack length to compute the net section stress, finding that it characterizes the stress profile between the notches and correlates with the sinter‐crack growth rate, demonstrating its potential to quantitatively describe sinter‐cracking.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1826064</t>
   </si>
   <si>
     <t>2020</t>
+  </si>
+  <si>
+    <t>p. 4754-4773</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>