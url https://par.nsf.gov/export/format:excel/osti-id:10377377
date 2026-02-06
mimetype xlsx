--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10377377</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1093/socpro/spab049</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Loneliness Loves Company, Some More than Others: Social Ties, Form of Engagement, and Their Relation to Loneliness</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Rinderknecht, R Gordon; Doan, Long; Sayer, Liana C</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-09-06T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Social Problems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0037-7791</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract            Although tie strength is a significant theoretical concept in the field, recent work suggests that other dimensions of social ties may be important to consider. We build on this body of work to propose that situational forms of engagement with various interaction partners play a vital role in shaping feelings of loneliness. We anticipate that when engaging in direct forms of engagement (active engagement), the association between different types of social ties and loneliness will be minimal. In contrast, while engaging in less direct forms of engagement (passive engagement), the type of social tie may matter more in reducing loneliness. We test these expectations using original time-diary data capturing daily interactions and momentary feelings of loneliness. Results show that active engagement associates with reduced feelings of loneliness relative to passive engagement. We find that the benefit of active engagement over passive engagement is greatest among acquaintances and family members. We interpret this as indicating that active engagement is beneficial for establishing a sense of connection among some social ties that already exists for other social ties. These findings indicate that how we engage with others and the kinds of people we engage with jointly shape the benefits of social interaction.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2032371</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>