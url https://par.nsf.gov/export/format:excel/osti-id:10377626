--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10377626</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/TAC.2022.3207865</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Analysis of Theoretical and Numerical Properties of Sequential Convex Programming for Continuous-Time Optimal Control</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bonalli, Riccardo; Lew, Thomas; Pavone, Marco</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-09-19T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE Transactions on Automatic Control</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 16</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0018-9286</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Sequential Convex Programming (SCP) has recently gained significant popularity as an effective method for solving optimal control problems and has been successfully applied in several different domains. However, the theoretical analysis of SCP has received comparatively limited attention, and it is often restricted to discrete-time formulations. In this paper, we present a unifying theoretical analysis of a fairly general class of SCP procedures for continuous-time optimal control problems. In addition to the derivation of convergence guarantees in a continuous-time setting, our analysis reveals two new numerical and practical insights. First, we show how one can more easily account for manifold-type constraints, which are a defining feature of optimal control of mechanical systems. Second, we show how our theoretical analysis can be leveraged to accelerate SCP-based optimal control methods by infusing techniques from indirect optimal control.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1931815</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>