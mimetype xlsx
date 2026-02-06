--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10377736</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Development and Implementation of Experiment Centric Active Learning Experiments/Activities in Transportation During the Pandemic and Beyond</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Owolabi, O.; Chavis, C.; Nwachukwu, N.; James-Okeke, P.; Ahangari, S.; Shourabi, N.; Freeman, M.; Bello, M.; Bista, K.; Gaulee, U.; Dugda, M.; Bhandari, A.; Ladeji-Osias., J.; Ntonifor, I; and Shokouhian, M.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-01-10T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Transportation Research Board 2022 Annual Meeting</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The COVID-19 pandemic forced many colleges and universities to remain on a completely online or remote educational learning for more than a year; however, due to distraction, lack of motivation or engagement, and other internal/external pandemic contributing factors, learners could not pay attention 100% to the learning process. Additionally, given that transportation classes are very hands-on, students could not do the experiment from home due to limited resources available, thereby hampering all three phases of learner interactions. The limitation of the implementation of physical, hands-on laboratory exercises during the pandemic further exacerbated students’ actualization of the critical Accreditation Board for Engineering and Technology (ABET) outcomes in transportation: An ability to develop and conduct experiments or test hypotheses, analyze and interpret data and use scientific judgment to draw conclusions. Subsequently, this paper highlights the development and implementation of experiment centric pedagogy (ECP) home-based active learning experiments in three transportation courses: Introduction to Transportation Systems, Traffic Engineering, and Highway Engineering during the pandemic. Quantitative and qualitative student success key constructs data was collected in conjunction with the execution of classroom observation protocols that measure active learning in these transportation courses. The results reveal a significant difference between the pre, and post- tests of key constructs associated with student success, such as motivation, critical thinking, curiosity, collaboration, and metacognition. The results of the Classroom Observation Protocol for Undergraduate STEM (COPUS) show more active student engagement when ECP is implemented.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1915614</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>