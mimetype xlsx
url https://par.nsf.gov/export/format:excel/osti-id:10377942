--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10377942</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.5281/zenodo.7268194</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Cryptocurrency Fraud and Code Sharing Data Set and Analysis Code</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Haskins, Keira; Vasek, Marie; Bridges, Patrick</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>{"Abstract":["&lt;p&gt;This release covers the state of the data and associated analysis code for determining code sharing between cryptocurrency codebases funded through the end of the original NSF CRII award. This material is based on work supported by the National Science Foundation under Grant CNS-1849729.&lt;\/p&gt;"]}</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1849729</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t>v1.0</t>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Dataset</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Zenodo</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>